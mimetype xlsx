--- v0 (2025-10-09)
+++ v1 (2026-02-10)
@@ -50,107 +50,107 @@
   <si>
     <t>Resolución de Incorporación</t>
   </si>
   <si>
     <t>Fecha de Incorporación</t>
   </si>
   <si>
     <t>Museo Ferroviario Nacional de Tacna</t>
   </si>
   <si>
     <t>Gobierno Regional de Tacna</t>
   </si>
   <si>
     <t>Pública</t>
   </si>
   <si>
     <t>Tacna</t>
   </si>
   <si>
     <t>RD N° 0118-2024-DGM-VMPCIC/MC</t>
   </si>
   <si>
     <t>24/10/2024</t>
   </si>
   <si>
+    <t>Yuyanapaq. Para recordar</t>
+  </si>
+  <si>
+    <t>Defensoría del Pueblo</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>RD N° 0111-2023-DGM-MC</t>
+  </si>
+  <si>
+    <t>17/11/2023</t>
+  </si>
+  <si>
     <t>Museo Nacional Chavín</t>
   </si>
   <si>
     <t>Ministerio de Cultura</t>
   </si>
   <si>
     <t>Áncash</t>
   </si>
   <si>
     <t>RD N° 011-2023-DGM-MC</t>
   </si>
   <si>
     <t>26/01/2023</t>
   </si>
   <si>
     <t>Museo de Sitio “Arturo Jiménez Borja”-Puruchuco</t>
   </si>
   <si>
-    <t>Lima</t>
-[...1 lines deleted...]
-  <si>
     <t>RD N° 021-2023-DGM-MC</t>
   </si>
   <si>
     <t>22/02/2023</t>
   </si>
   <si>
     <t>Museo de Sitio Pachacamac</t>
   </si>
   <si>
     <t>RD N° 022-2023-DGM-MC</t>
   </si>
   <si>
     <t>Museo de Sitio “Julio C. Tello” de Paracas</t>
   </si>
   <si>
     <t>Ica</t>
   </si>
   <si>
     <t>RD N° 037-2023-DGM-MC</t>
   </si>
   <si>
     <t>31/03/2023</t>
   </si>
   <si>
-    <t>Yuyanapaq. Para recordar</t>
-[...10 lines deleted...]
-  <si>
     <t>Museo "Casa de la Respuesta"</t>
   </si>
   <si>
     <t>Municipalidad Distrital de Santiago de Surco</t>
   </si>
   <si>
     <t>RD N° 048-2022-DGM-MC</t>
   </si>
   <si>
     <t>19/08/2022</t>
   </si>
   <si>
     <t>Museo Raimondi</t>
   </si>
   <si>
     <t>Asociación Educacional Antonio Raimondi</t>
   </si>
   <si>
     <t>Privada</t>
   </si>
   <si>
     <t>RD N° 00059-2022-DGM-MC</t>
   </si>
   <si>
     <t>10/10/2022</t>
@@ -167,102 +167,123 @@
   <si>
     <t>30/11/2022</t>
   </si>
   <si>
     <t>Museo Municipal Prehispánico</t>
   </si>
   <si>
     <t>RD N° 075-2022-DGM-MC</t>
   </si>
   <si>
     <t>15/12/2022</t>
   </si>
   <si>
     <t>Museo de Sitio “Ernst W. Middendorf”</t>
   </si>
   <si>
     <t>Patronato del Parque de Las Leyendas “Felipe Benavides Barreda”</t>
   </si>
   <si>
     <t>RD N° 000125-2021-DGM-MC</t>
   </si>
   <si>
     <t>15/12/2021</t>
   </si>
   <si>
+    <t>Museo José Carlos Mariátegui</t>
+  </si>
+  <si>
+    <t>RD Nº 008-2019-DGM/VMPCIC/MC</t>
+  </si>
+  <si>
+    <t>31/01/2019</t>
+  </si>
+  <si>
     <t>Museo Regional de Casma "Max Uhle"</t>
   </si>
   <si>
     <t>RD Nº D00001-2019-DGM/MC</t>
   </si>
   <si>
     <t>05/10/2019</t>
   </si>
   <si>
     <t>Casa Museo Gran Almirante Grau de Piura</t>
   </si>
   <si>
     <t>Comandancia de la Primera Zona Naval Piura</t>
   </si>
   <si>
     <t>Piura</t>
   </si>
   <si>
     <t>RD N° D00050-2019/DGM/MC</t>
   </si>
   <si>
     <t>21/08/2019</t>
   </si>
   <si>
     <t>Museo Histórico Regional de Tacna</t>
   </si>
   <si>
     <t>RD N° D00053-2019-DGM/MC</t>
   </si>
   <si>
     <t>09/02/2019</t>
   </si>
   <si>
     <t>Museo Arqueológico Rafael Larco Herrera</t>
   </si>
   <si>
     <t>Asociación Rafael Larco Hoyle</t>
   </si>
   <si>
     <t>RD N° D000102-2019/DGM/MC</t>
   </si>
   <si>
     <t>27/11/2019</t>
   </si>
   <si>
-    <t>Museo José Carlos Mariátegui</t>
-[...5 lines deleted...]
-    <t>31/01/2019</t>
+    <t>Museo Nacional de la Cultura Peruana</t>
+  </si>
+  <si>
+    <t>RD Nº 900075-2018-DGM/VMPCIC/MC</t>
+  </si>
+  <si>
+    <t>31/12/2018</t>
+  </si>
+  <si>
+    <t>Museo Casa Hacienda Shismay</t>
+  </si>
+  <si>
+    <t>Patronato Museo Casa Hacienda Shismay</t>
+  </si>
+  <si>
+    <t>Huánuco</t>
+  </si>
+  <si>
+    <t>RD N° 900076-2018/DGM/VMPCIC/MC</t>
   </si>
   <si>
     <t>Museo de Historia Natural "Vera Alleman Haeghebaert"</t>
   </si>
   <si>
     <t>Universidad Ricardo Palma</t>
   </si>
   <si>
     <t>RD N° 900015-2017/DGM/VMPCIC/MC</t>
   </si>
   <si>
     <t>05/12/2018</t>
   </si>
   <si>
     <t>Museo Histórico Regional del Cusco</t>
   </si>
   <si>
     <t>Cusco</t>
   </si>
   <si>
     <t>RD Nº 900034-2018-DGM/VMPCIC/MC</t>
   </si>
   <si>
     <t>11/08/2018</t>
   </si>
@@ -276,71 +297,50 @@
     <t>Museo de Arte Italiano</t>
   </si>
   <si>
     <t>RD Nº 900056-2018-DGM/VMPCIC/MC</t>
   </si>
   <si>
     <t>30/10/2018</t>
   </si>
   <si>
     <t>Museo Nacional de Arqueología, Antropología e Historia del Perú</t>
   </si>
   <si>
     <t>RD N° 900058-2018/DGM/VMPCIC/MC</t>
   </si>
   <si>
     <t>Museo de Arte de Lima</t>
   </si>
   <si>
     <t>Asociación Museo de Arte de Lima</t>
   </si>
   <si>
     <t>RD N° 900064-2018/DGM/VMPCIC/MC</t>
   </si>
   <si>
     <t>27/11/2018</t>
-  </si>
-[...19 lines deleted...]
-    <t>RD N° 900076-2018/DGM/VMPCIC/MC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -721,483 +721,483 @@
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F5" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>8</v>
       </c>
       <c r="D6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>8</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
         <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="F9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E10" t="s">
         <v>42</v>
       </c>
       <c r="F10" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>47</v>
       </c>
       <c r="B12" t="s">
         <v>48</v>
       </c>
       <c r="C12" t="s">
         <v>8</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>51</v>
       </c>
       <c r="B13" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C13" t="s">
         <v>8</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>52</v>
       </c>
       <c r="F13" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>54</v>
       </c>
       <c r="B14" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
         <v>55</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="F14" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
       <c r="E15" t="s">
         <v>60</v>
       </c>
       <c r="F15" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>62</v>
       </c>
       <c r="B16" t="s">
+        <v>18</v>
+      </c>
+      <c r="C16" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" t="s">
         <v>63</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
+        <v>65</v>
+      </c>
+      <c r="B17" t="s">
         <v>66</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E17" t="s">
         <v>67</v>
       </c>
       <c r="F17" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>69</v>
       </c>
       <c r="B18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" t="s">
         <v>70</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" t="s">
         <v>73</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="D19" t="s">
         <v>74</v>
       </c>
       <c r="E19" t="s">
         <v>75</v>
       </c>
       <c r="F19" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B20" t="s">
         <v>77</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E20" t="s">
         <v>78</v>
       </c>
       <c r="F20" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C21" t="s">
         <v>8</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="E21" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F21" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C22" t="s">
         <v>8</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="E22" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B23" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="C23" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="D23" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E23" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F23" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" t="s">
+        <v>18</v>
+      </c>
+      <c r="C24" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" t="s">
+        <v>90</v>
+      </c>
+      <c r="F24" t="s">
         <v>88</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>91</v>
       </c>
       <c r="B25" t="s">
         <v>92</v>
       </c>
       <c r="C25" t="s">
         <v>37</v>
       </c>
       <c r="D25" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" t="s">
         <v>93</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>