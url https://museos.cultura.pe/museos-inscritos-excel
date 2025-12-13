--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -221,126 +221,126 @@
   <si>
     <t>21/08/2019</t>
   </si>
   <si>
     <t>Museo Histórico Regional de Tacna</t>
   </si>
   <si>
     <t>RD N° D00053-2019-DGM/MC</t>
   </si>
   <si>
     <t>09/02/2019</t>
   </si>
   <si>
     <t>Museo Arqueológico Rafael Larco Herrera</t>
   </si>
   <si>
     <t>Asociación Rafael Larco Hoyle</t>
   </si>
   <si>
     <t>RD N° D000102-2019/DGM/MC</t>
   </si>
   <si>
     <t>27/11/2019</t>
   </si>
   <si>
+    <t>Museo Regional de Ica "Adolfo Bermúdez Jenkins" </t>
+  </si>
+  <si>
+    <t>RD N° 900035-2018/DGM/VMPCIC/MC</t>
+  </si>
+  <si>
+    <t>11/08/2018</t>
+  </si>
+  <si>
+    <t>Museo de Arte Italiano</t>
+  </si>
+  <si>
+    <t>RD Nº 900056-2018-DGM/VMPCIC/MC</t>
+  </si>
+  <si>
+    <t>30/10/2018</t>
+  </si>
+  <si>
+    <t>Museo Nacional de Arqueología, Antropología e Historia del Perú</t>
+  </si>
+  <si>
+    <t>RD N° 900058-2018/DGM/VMPCIC/MC</t>
+  </si>
+  <si>
+    <t>Museo de Arte de Lima</t>
+  </si>
+  <si>
+    <t>Asociación Museo de Arte de Lima</t>
+  </si>
+  <si>
+    <t>RD N° 900064-2018/DGM/VMPCIC/MC</t>
+  </si>
+  <si>
+    <t>27/11/2018</t>
+  </si>
+  <si>
+    <t>Museo Nacional de la Cultura Peruana</t>
+  </si>
+  <si>
+    <t>RD Nº 900075-2018-DGM/VMPCIC/MC</t>
+  </si>
+  <si>
+    <t>31/12/2018</t>
+  </si>
+  <si>
+    <t>Museo Casa Hacienda Shismay</t>
+  </si>
+  <si>
+    <t>Patronato Museo Casa Hacienda Shismay</t>
+  </si>
+  <si>
+    <t>Huánuco</t>
+  </si>
+  <si>
+    <t>RD N° 900076-2018/DGM/VMPCIC/MC</t>
+  </si>
+  <si>
     <t>Museo de Historia Natural "Vera Alleman Haeghebaert"</t>
   </si>
   <si>
     <t>Universidad Ricardo Palma</t>
   </si>
   <si>
     <t>RD N° 900015-2017/DGM/VMPCIC/MC</t>
   </si>
   <si>
     <t>05/12/2018</t>
   </si>
   <si>
     <t>Museo Histórico Regional del Cusco</t>
   </si>
   <si>
     <t>Cusco</t>
   </si>
   <si>
     <t>RD Nº 900034-2018-DGM/VMPCIC/MC</t>
-  </si>
-[...55 lines deleted...]
-    <t>RD N° 900076-2018/DGM/VMPCIC/MC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1001,203 +1001,203 @@
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>65</v>
       </c>
       <c r="B17" t="s">
         <v>66</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>67</v>
       </c>
       <c r="F17" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>69</v>
       </c>
       <c r="B18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" t="s">
+        <v>24</v>
+      </c>
+      <c r="E18" t="s">
         <v>70</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
         <v>8</v>
       </c>
       <c r="D19" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>8</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E20" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F20" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>77</v>
+      </c>
+      <c r="B21" t="s">
+        <v>78</v>
+      </c>
+      <c r="C21" t="s">
+        <v>37</v>
+      </c>
+      <c r="D21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" t="s">
         <v>79</v>
       </c>
-      <c r="B21" t="s">
-[...8 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>8</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
+        <v>82</v>
+      </c>
+      <c r="F22" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>84</v>
       </c>
       <c r="B23" t="s">
         <v>85</v>
       </c>
       <c r="C23" t="s">
         <v>37</v>
       </c>
       <c r="D23" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
       <c r="E23" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F23" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>88</v>
       </c>
       <c r="B24" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="C24" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F24" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B25" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="C25" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="D25" t="s">
         <v>93</v>
       </c>
       <c r="E25" t="s">
         <v>94</v>
       </c>
       <c r="F25" t="s">
-        <v>90</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>