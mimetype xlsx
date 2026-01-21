--- v1 (2025-12-13)
+++ v2 (2026-01-21)
@@ -221,126 +221,126 @@
   <si>
     <t>21/08/2019</t>
   </si>
   <si>
     <t>Museo Histórico Regional de Tacna</t>
   </si>
   <si>
     <t>RD N° D00053-2019-DGM/MC</t>
   </si>
   <si>
     <t>09/02/2019</t>
   </si>
   <si>
     <t>Museo Arqueológico Rafael Larco Herrera</t>
   </si>
   <si>
     <t>Asociación Rafael Larco Hoyle</t>
   </si>
   <si>
     <t>RD N° D000102-2019/DGM/MC</t>
   </si>
   <si>
     <t>27/11/2019</t>
   </si>
   <si>
+    <t>Museo Casa Hacienda Shismay</t>
+  </si>
+  <si>
+    <t>Patronato Museo Casa Hacienda Shismay</t>
+  </si>
+  <si>
+    <t>Huánuco</t>
+  </si>
+  <si>
+    <t>RD N° 900076-2018/DGM/VMPCIC/MC</t>
+  </si>
+  <si>
+    <t>31/12/2018</t>
+  </si>
+  <si>
+    <t>Museo de Historia Natural "Vera Alleman Haeghebaert"</t>
+  </si>
+  <si>
+    <t>Universidad Ricardo Palma</t>
+  </si>
+  <si>
+    <t>RD N° 900015-2017/DGM/VMPCIC/MC</t>
+  </si>
+  <si>
+    <t>05/12/2018</t>
+  </si>
+  <si>
+    <t>Museo Histórico Regional del Cusco</t>
+  </si>
+  <si>
+    <t>Cusco</t>
+  </si>
+  <si>
+    <t>RD Nº 900034-2018-DGM/VMPCIC/MC</t>
+  </si>
+  <si>
+    <t>11/08/2018</t>
+  </si>
+  <si>
     <t>Museo Regional de Ica "Adolfo Bermúdez Jenkins" </t>
   </si>
   <si>
     <t>RD N° 900035-2018/DGM/VMPCIC/MC</t>
   </si>
   <si>
-    <t>11/08/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>Museo de Arte Italiano</t>
   </si>
   <si>
     <t>RD Nº 900056-2018-DGM/VMPCIC/MC</t>
   </si>
   <si>
     <t>30/10/2018</t>
   </si>
   <si>
     <t>Museo Nacional de Arqueología, Antropología e Historia del Perú</t>
   </si>
   <si>
     <t>RD N° 900058-2018/DGM/VMPCIC/MC</t>
   </si>
   <si>
     <t>Museo de Arte de Lima</t>
   </si>
   <si>
     <t>Asociación Museo de Arte de Lima</t>
   </si>
   <si>
     <t>RD N° 900064-2018/DGM/VMPCIC/MC</t>
   </si>
   <si>
     <t>27/11/2018</t>
   </si>
   <si>
     <t>Museo Nacional de la Cultura Peruana</t>
   </si>
   <si>
     <t>RD Nº 900075-2018-DGM/VMPCIC/MC</t>
-  </si>
-[...34 lines deleted...]
-    <t>RD Nº 900034-2018-DGM/VMPCIC/MC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1001,203 +1001,203 @@
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>65</v>
       </c>
       <c r="B17" t="s">
         <v>66</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>67</v>
       </c>
       <c r="F17" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>69</v>
       </c>
       <c r="B18" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="C18" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="C19" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F19" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>8</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="E20" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="F20" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B21" t="s">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>8</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F22" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B23" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="C23" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="D23" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B24" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C24" t="s">
         <v>37</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
         <v>8</v>
       </c>
       <c r="D25" t="s">
-        <v>93</v>
+        <v>18</v>
       </c>
       <c r="E25" t="s">
         <v>94</v>
       </c>
       <c r="F25" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>