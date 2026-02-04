--- v0 (2025-12-18)
+++ v1 (2026-02-04)
@@ -32,80 +32,80 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
   <si>
     <t>Nombre del Museo</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Administración</t>
   </si>
   <si>
     <t>Región</t>
   </si>
   <si>
     <t>Resolución de Incorporación</t>
   </si>
   <si>
     <t>Fecha de Incorporación</t>
   </si>
   <si>
+    <t>Museo del Cerebro</t>
+  </si>
+  <si>
+    <t>Instituto Nacional de Ciencias Neurológicas</t>
+  </si>
+  <si>
+    <t>Pública</t>
+  </si>
+  <si>
+    <t>Lima</t>
+  </si>
+  <si>
+    <t>RD N° 0020-2023-DGM/MC</t>
+  </si>
+  <si>
+    <t>22/02/2023</t>
+  </si>
+  <si>
     <t>Museo Contemporáneo Chavín de Huántar</t>
   </si>
   <si>
     <t>Ejército del Perú</t>
   </si>
   <si>
-    <t>Pública</t>
-[...4 lines deleted...]
-  <si>
     <t>RD N° 0060-2023-DGM/MC</t>
   </si>
   <si>
     <t>13/06/2023</t>
   </si>
   <si>
-    <t>Museo del Cerebro</t>
-[...10 lines deleted...]
-  <si>
     <t>Museo Municipal del Distrito de Puente Piedra</t>
   </si>
   <si>
     <t>Municipalidad Distrital de Puente Piedra</t>
   </si>
   <si>
     <t>RD N° 053-2022-DGM/MC</t>
   </si>
   <si>
     <t>12/09/2022</t>
   </si>
   <si>
     <t>Museo Nacional del Perú-MUNA</t>
   </si>
   <si>
     <t>Ministerio de Cultura</t>
   </si>
   <si>
     <t>Decreto Supremo N° 18-2020-MC</t>
   </si>
   <si>
     <t>28/12/2020</t>
   </si>
   <si>
     <t>Lugar de la Memoria “Yalpana Wasi Wiñay Yalpanapa”</t>
@@ -239,137 +239,200 @@
   <si>
     <t>Cementerio Museo Presbítero Matías Maestro</t>
   </si>
   <si>
     <t>Sociedad de Beneficencia de Lima</t>
   </si>
   <si>
     <t>Resolución Directoral Nacional N° 593/INC</t>
   </si>
   <si>
     <t>12/08/2003</t>
   </si>
   <si>
     <t>Museo del Colegio Militar "Elías Aguirre"</t>
   </si>
   <si>
     <t>Colegio Militar Elías Aguirre</t>
   </si>
   <si>
     <t>Resolución Directoral Nacional N° 745 /INC</t>
   </si>
   <si>
     <t>22/10/2003</t>
   </si>
   <si>
+    <t>Museo Leymebamba</t>
+  </si>
+  <si>
+    <t>Amazonas</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional Nº 080- INC</t>
+  </si>
+  <si>
+    <t>05/02/2002</t>
+  </si>
+  <si>
+    <t>Museo de Sitio de Ancón "Alejando Miró Quesada Garland"</t>
+  </si>
+  <si>
+    <t>Patronato del Museo de Sitio de Ancón</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional N° 081 /INC</t>
+  </si>
+  <si>
+    <t>Sala Postal y Filatélica de Tacna</t>
+  </si>
+  <si>
+    <t>Serpost</t>
+  </si>
+  <si>
+    <t>Tacna</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional N° 812 /INC</t>
+  </si>
+  <si>
+    <t>03/09/2002</t>
+  </si>
+  <si>
+    <t>Museo Municipal de Asia "Huaca Malena"</t>
+  </si>
+  <si>
+    <t>Municipalidad Distrital de Asia</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional N° 1022 /INC</t>
+  </si>
+  <si>
+    <t>29/10/2002</t>
+  </si>
+  <si>
+    <t>Museo Histórico de Ciencias Físicas de la Universidad Nacional Mayor de San Marcos</t>
+  </si>
+  <si>
+    <t>Universidad Nacional Mayor de San Marcos</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional N° 1078 /INC</t>
+  </si>
+  <si>
+    <t>06/11/2002</t>
+  </si>
+  <si>
     <t>Museo Escolar "Los Faicales"</t>
   </si>
   <si>
     <t>Colegio Nacional Secundario de Menores "Titu Cusi Yupanqui"</t>
   </si>
   <si>
     <t>Resolución Directoral Nacional N° 1095 /INC</t>
   </si>
   <si>
     <t>15/11/2002</t>
   </si>
   <si>
-    <t>Museo Leymebamba</t>
-[...56 lines deleted...]
-    <t>06/11/2002</t>
+    <t>Exposición Museográfica de Chavín</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional Nº 852</t>
+  </si>
+  <si>
+    <t>23/08/2001</t>
+  </si>
+  <si>
+    <t>Museo Tumbas Reales de Sipán</t>
+  </si>
+  <si>
+    <t>Museo de Sitio de Cabeza de Vaca "Gran Chilimasa"</t>
+  </si>
+  <si>
+    <t>Tumbes</t>
+  </si>
+  <si>
+    <t>Museo Histórico Regional "Hipólito Unanue"</t>
+  </si>
+  <si>
+    <t>Ayacucho</t>
+  </si>
+  <si>
+    <t>Museo de Sitio "Arturo Jiménez Borja" - Puruchuco</t>
+  </si>
+  <si>
+    <t>Museo Médico</t>
+  </si>
+  <si>
+    <t>Museo de Sitio de Quinua</t>
+  </si>
+  <si>
+    <t>Museo de Sitio Huallamarca</t>
+  </si>
+  <si>
+    <t>Museo de Sitio Wari</t>
+  </si>
+  <si>
+    <t>Museo de Sitio Pachacamac</t>
+  </si>
+  <si>
+    <t>Museo de Arqueología y Etnografía del Complejo Monumental Belén</t>
+  </si>
+  <si>
+    <t>Museo General</t>
+  </si>
+  <si>
+    <t>Pasco</t>
+  </si>
+  <si>
+    <t>Museo Histórico Regional</t>
+  </si>
+  <si>
+    <t>Museo de Sitio Huaca Narihualá</t>
+  </si>
+  <si>
+    <t>Piura</t>
+  </si>
+  <si>
+    <t>Museo Santa Catalina</t>
+  </si>
+  <si>
+    <t>Convento de Santo Domingo</t>
+  </si>
+  <si>
+    <t>Museo de Arte religioso de Piura</t>
+  </si>
+  <si>
+    <t>Iglesia Nuestra Señora del Carmen</t>
   </si>
   <si>
     <t>Museo de Sitio de Chinchero</t>
   </si>
   <si>
-    <t>Resolución Directoral Nacional Nº 852</t>
-[...4 lines deleted...]
-  <si>
     <t>Museo del Centro Cultural San Miguel de Piura</t>
   </si>
   <si>
-    <t>Piura</t>
-[...1 lines deleted...]
-  <si>
     <t>Museo Regional de Ica "Adolfo Bermúdez Jenkins"</t>
   </si>
   <si>
     <t>Ica</t>
   </si>
   <si>
     <t>Templo Museo San Juan de Letrán</t>
   </si>
   <si>
     <t>Puno</t>
   </si>
   <si>
     <t>Sala de Exhibición del Sitio Arqueológico "Tambo Colorado"</t>
   </si>
   <si>
     <t>Templo Museo Nuestra Señora de La Asunción</t>
   </si>
   <si>
     <t>Museo de Sitio "Julio C. Tello" de Paracas</t>
   </si>
   <si>
     <t>Museo Lítico de Pukara</t>
   </si>
   <si>
     <t>Museo Regional e Instituto de Arqueología "Dr. Manuel Chávez Ballón"</t>
@@ -416,405 +479,342 @@
   <si>
     <t>Museo Departamental de San Martín</t>
   </si>
   <si>
     <t>San Martín</t>
   </si>
   <si>
     <t>Museo Regional de Casma "Max Uhle"</t>
   </si>
   <si>
     <t>Museo de Sitio Huaca el Dragón</t>
   </si>
   <si>
     <t>Museo de Sitio Las Peañas</t>
   </si>
   <si>
     <t>Museo Arqueológico de Áncash "Augusto Soriano Infante"</t>
   </si>
   <si>
     <t>Museo de Sitio Túcume</t>
   </si>
   <si>
     <t>Museo Histórico Regional de Tacna</t>
   </si>
   <si>
-    <t>Exposición Museográfica de Chavín</t>
-[...61 lines deleted...]
-  <si>
     <t>Museo Marina Núñez del Prado-Biblioteca Falcón</t>
   </si>
   <si>
     <t>Resolución Directoral Nacional Nº 318 - 98/INC</t>
   </si>
   <si>
     <t>14/10/1998</t>
   </si>
   <si>
     <t>Buque Museo Yavarí</t>
   </si>
   <si>
     <t>Asociación Yavarí</t>
   </si>
   <si>
     <t>Resolución Directoral Nacional N° 348/INC</t>
   </si>
   <si>
     <t>06/11/1998</t>
   </si>
   <si>
     <t>Museo de Sitio "El Mirador del Cerro San Cristóbal"</t>
   </si>
   <si>
     <t>Resolución Suprema Nº 037-97-ED</t>
   </si>
   <si>
     <t>07/05/1997</t>
   </si>
   <si>
+    <t>Museo Comunitario de Villa El Salvador</t>
+  </si>
+  <si>
+    <t>Centro de Comunicación Popular y Promoción del Desarrollo de Villa El Salvador</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Ejecutiva N° 086</t>
+  </si>
+  <si>
+    <t>19/02/1996</t>
+  </si>
+  <si>
+    <t>Museo Arqueológico - Antropológico de Apurímac</t>
+  </si>
+  <si>
+    <t>Apurímac</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Ejecutiva Nº 350 - 96/INC</t>
+  </si>
+  <si>
+    <t>27/06/1996</t>
+  </si>
+  <si>
+    <t>Museo Monumental de la Municipalidad Distrital de Huaura</t>
+  </si>
+  <si>
+    <t>Municipalidad Distrital de Huaura</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional N° 285-96/INC</t>
+  </si>
+  <si>
+    <t>21/08/1996</t>
+  </si>
+  <si>
+    <t>Museo Monumental de la Inquisición y del Congreso</t>
+  </si>
+  <si>
+    <t>Congreso de la República</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional N° 001-96/INC</t>
+  </si>
+  <si>
+    <t>14/10/1996</t>
+  </si>
+  <si>
+    <t>Museo Regional "Daniel Hernández Morillo"</t>
+  </si>
+  <si>
+    <t>Huancavelica</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional Nº 002 -96/INC</t>
+  </si>
+  <si>
+    <t>15/10/1996</t>
+  </si>
+  <si>
+    <t>Museo Planetario y Observatorio Astronómico del Morro Solar</t>
+  </si>
+  <si>
+    <t>Asociación Peruana de Astronomía</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional N° 003-96 /INC</t>
+  </si>
+  <si>
+    <t>18/10/1996</t>
+  </si>
+  <si>
     <t>Museo de Arqueología,  Antropología e Historia Natural de Ranrahirca</t>
   </si>
   <si>
     <t>Resolución Directoral Nacional Nº 004 - 96/INC</t>
   </si>
   <si>
     <t>21/10/1996</t>
   </si>
   <si>
-    <t>Museo Comunitario de Villa El Salvador</t>
-[...68 lines deleted...]
-    <t>18/10/1996</t>
+    <t>El Museo de la Electricidad</t>
+  </si>
+  <si>
+    <t>Electro Perú S.A</t>
+  </si>
+  <si>
+    <t>Resolución Directoral Nacional N° 192</t>
+  </si>
+  <si>
+    <t>07/06/1995</t>
   </si>
   <si>
     <t>Museo Arqueológico "Samuel Humberto Espinoza Lozano"</t>
   </si>
   <si>
     <t>Resolución Directoral Nacional Nº 162</t>
   </si>
   <si>
     <t>05/05/1995</t>
   </si>
   <si>
-    <t>El Museo de la Electricidad</t>
-[...10 lines deleted...]
-  <si>
     <t>Museo Municipal de Sitio "El Algarrobal"</t>
   </si>
   <si>
     <t>Municipalidad Distrital El Algarrobal</t>
   </si>
   <si>
     <t>Resolución Jefatural N° 278</t>
   </si>
   <si>
     <t>26/09/1994</t>
   </si>
   <si>
     <t>Museo Nacional de la Cultura Peruana</t>
   </si>
   <si>
     <t>Decreto Supremo N° 009-93-ED</t>
   </si>
   <si>
     <t>18/03/1993</t>
   </si>
   <si>
     <t>Museo de Arte Italiano</t>
   </si>
   <si>
     <t>Museo de Arqueología de la Universidad "José Faustino Sánchez Carrión"</t>
   </si>
   <si>
     <t>Universidad Nacional José Faustino Sánchez Carrión</t>
   </si>
   <si>
     <t>Resolución Jefatural N° 270</t>
   </si>
   <si>
     <t>22/04/1993</t>
   </si>
   <si>
     <t>Museo de la Nación</t>
   </si>
   <si>
     <t>Decreto Ley 25790</t>
   </si>
   <si>
     <t>14/10/1992</t>
   </si>
   <si>
     <t>Museo Nacional de Arqueología, Antropología e Historia del Perú</t>
   </si>
   <si>
+    <t>Museo "Maguiña Cueva"</t>
+  </si>
+  <si>
+    <t>Resolución Jefatural Nº 102</t>
+  </si>
+  <si>
+    <t>27/03/1989</t>
+  </si>
+  <si>
+    <t>Museo Dinámico de Ciencia</t>
+  </si>
+  <si>
+    <t>Ministerio de Educación</t>
+  </si>
+  <si>
+    <t>Museo Convento de San Francisco</t>
+  </si>
+  <si>
+    <t>Convento de San Francisco</t>
+  </si>
+  <si>
+    <t>Museo de Arte y de Historia de la Universidad Nacional Mayor de San Marcos</t>
+  </si>
+  <si>
+    <t>Museo de Ciencia y Tecnología José Castro Mendívil del ITINTEC</t>
+  </si>
+  <si>
+    <t>Resolución  Jefatural Nº 102</t>
+  </si>
+  <si>
+    <t>Museo Municipal del Teatro</t>
+  </si>
+  <si>
+    <t>Municipalidad Metropolitana de Lima</t>
+  </si>
+  <si>
+    <t>Museo del Banco Central de Reserva del Perú</t>
+  </si>
+  <si>
+    <t>Banco Central de Reserva del Perú</t>
+  </si>
+  <si>
+    <t>Museo Conmemorativo Inmigración Japonesa en el Perú</t>
+  </si>
+  <si>
+    <t>Asociación Peruano Japonesa</t>
+  </si>
+  <si>
+    <t>Museo del Ejército "Real Felipe"</t>
+  </si>
+  <si>
+    <t>Ministerio de Defensa</t>
+  </si>
+  <si>
+    <t>Callao</t>
+  </si>
+  <si>
+    <t>Museo Central de la Universidad Nacional Federico Villareal</t>
+  </si>
+  <si>
+    <t>Universidad Nacional Federico Villareal</t>
+  </si>
+  <si>
     <t>Museo de los Combatientes del Morro de Arica</t>
   </si>
   <si>
-    <t>Ministerio de Defensa</t>
-[...7 lines deleted...]
-  <si>
     <t>Museo de Sitio Pucllana</t>
   </si>
   <si>
     <t>Museo Cáceres</t>
   </si>
   <si>
-    <t>Resolución  Jefatural Nº 102</t>
-[...1 lines deleted...]
-  <si>
     <t>Casa Museo "Julia Codesido"</t>
   </si>
   <si>
     <t>Resolución Jefatural Nº 155</t>
   </si>
   <si>
     <t>12/04/1989</t>
   </si>
   <si>
     <t>Museo Santuario "Leoncio Prado"-La Perla</t>
   </si>
   <si>
     <t>Centro Educativo Leoncio Prado</t>
   </si>
   <si>
-    <t>Callao</t>
-[...1 lines deleted...]
-  <si>
     <t>Museo Arqueológico Josefina Ramos de Cox</t>
   </si>
   <si>
     <t>Instituto Riva Agüero-Pontificia Universidad Católica del Perú</t>
   </si>
   <si>
     <t>Museo Criminalística (PIP)</t>
   </si>
   <si>
     <t>Policía Nacional del Perú</t>
   </si>
   <si>
     <t>Museo Postal y Filatélico del Perú</t>
   </si>
   <si>
     <t>Museo Naval “Capitán de Navío Julio Elías Murguía”</t>
   </si>
   <si>
     <t>Marina de Guerra del Perú</t>
   </si>
   <si>
     <t>Museo de Arte Popular del Instituto Riva Agüero de la Pontifica Universidad Católica del Perú</t>
   </si>
   <si>
     <t>Museo de Historia Natural Javier Prado de la Universidad Nacional Mayor de San Marcos</t>
-  </si>
-[...46 lines deleted...]
-    <t>Universidad Nacional Federico Villareal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1474,1176 +1474,1176 @@
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>72</v>
       </c>
       <c r="C17" t="s">
         <v>8</v>
       </c>
       <c r="D17" t="s">
         <v>64</v>
       </c>
       <c r="E17" t="s">
         <v>73</v>
       </c>
       <c r="F17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>75</v>
       </c>
-      <c r="B18" t="s">
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E18" t="s">
         <v>77</v>
       </c>
       <c r="F18" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>79</v>
       </c>
-      <c r="B19"/>
+      <c r="B19" t="s">
+        <v>80</v>
+      </c>
       <c r="C19" t="s">
         <v>26</v>
       </c>
       <c r="D19" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>81</v>
       </c>
       <c r="F19" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" t="s">
         <v>83</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="E20" t="s">
         <v>85</v>
       </c>
       <c r="F20" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C21" t="s">
         <v>8</v>
       </c>
       <c r="D21" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>89</v>
       </c>
       <c r="F21" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>91</v>
       </c>
       <c r="B22" t="s">
         <v>92</v>
       </c>
       <c r="C22" t="s">
         <v>8</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22" t="s">
         <v>93</v>
       </c>
       <c r="F22" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>96</v>
       </c>
       <c r="C23" t="s">
         <v>8</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="E23" t="s">
         <v>97</v>
       </c>
       <c r="F23" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>99</v>
       </c>
       <c r="B24" t="s">
         <v>21</v>
       </c>
       <c r="C24" t="s">
         <v>8</v>
       </c>
       <c r="D24" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="E24" t="s">
         <v>100</v>
       </c>
       <c r="F24" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>21</v>
       </c>
       <c r="C25" t="s">
         <v>8</v>
       </c>
       <c r="D25" t="s">
-        <v>103</v>
+        <v>64</v>
       </c>
       <c r="E25" t="s">
         <v>100</v>
       </c>
       <c r="F25" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B26" t="s">
+        <v>21</v>
+      </c>
+      <c r="C26" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E26" t="s">
         <v>100</v>
       </c>
       <c r="F26" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C27" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E27" t="s">
         <v>100</v>
       </c>
       <c r="F27" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B28" t="s">
         <v>21</v>
       </c>
       <c r="C28" t="s">
         <v>8</v>
       </c>
       <c r="D28" t="s">
-        <v>105</v>
+        <v>9</v>
       </c>
       <c r="E28" t="s">
         <v>100</v>
       </c>
       <c r="F28" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B29" t="s">
         <v>21</v>
       </c>
       <c r="C29" t="s">
         <v>8</v>
       </c>
       <c r="D29" t="s">
-        <v>107</v>
+        <v>52</v>
       </c>
       <c r="E29" t="s">
         <v>100</v>
       </c>
       <c r="F29" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B30" t="s">
         <v>21</v>
       </c>
       <c r="C30" t="s">
         <v>8</v>
       </c>
       <c r="D30" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E30" t="s">
         <v>100</v>
       </c>
       <c r="F30" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B31" t="s">
         <v>21</v>
       </c>
       <c r="C31" t="s">
         <v>8</v>
       </c>
       <c r="D31" t="s">
-        <v>107</v>
+        <v>9</v>
       </c>
       <c r="E31" t="s">
         <v>100</v>
       </c>
       <c r="F31" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B32" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C32" t="s">
         <v>8</v>
       </c>
       <c r="D32" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E32" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="F32" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B33" t="s">
         <v>21</v>
       </c>
       <c r="C33" t="s">
         <v>8</v>
       </c>
       <c r="D33" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E33" t="s">
         <v>100</v>
       </c>
       <c r="F33" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B34" t="s">
         <v>21</v>
       </c>
       <c r="C34" t="s">
         <v>8</v>
       </c>
       <c r="D34" t="s">
-        <v>107</v>
+        <v>52</v>
       </c>
       <c r="E34" t="s">
         <v>100</v>
       </c>
       <c r="F34" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B35" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="C35" t="s">
         <v>8</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="E35" t="s">
-        <v>119</v>
+        <v>100</v>
       </c>
       <c r="F35" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B36" t="s">
         <v>21</v>
       </c>
       <c r="C36" t="s">
         <v>8</v>
       </c>
       <c r="D36" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E36" t="s">
         <v>100</v>
       </c>
       <c r="F36" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B37" t="s">
         <v>21</v>
       </c>
       <c r="C37" t="s">
         <v>8</v>
       </c>
       <c r="D37" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="E37" t="s">
         <v>100</v>
       </c>
       <c r="F37" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B38" t="s">
-        <v>21</v>
+        <v>120</v>
       </c>
       <c r="C38" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="D38" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="E38" t="s">
         <v>100</v>
       </c>
       <c r="F38" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B39" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="C39" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="D39" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="E39" t="s">
         <v>100</v>
       </c>
       <c r="F39" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B40" t="s">
         <v>21</v>
       </c>
       <c r="C40" t="s">
         <v>8</v>
       </c>
       <c r="D40" t="s">
-        <v>127</v>
+        <v>32</v>
       </c>
       <c r="E40" t="s">
         <v>100</v>
       </c>
       <c r="F40" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B41" t="s">
         <v>21</v>
       </c>
       <c r="C41" t="s">
         <v>8</v>
       </c>
       <c r="D41" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="E41" t="s">
         <v>100</v>
       </c>
       <c r="F41" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B42" t="s">
         <v>21</v>
       </c>
       <c r="C42" t="s">
         <v>8</v>
       </c>
       <c r="D42" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E42" t="s">
         <v>100</v>
       </c>
       <c r="F42" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B43" t="s">
         <v>21</v>
       </c>
       <c r="C43" t="s">
         <v>8</v>
       </c>
       <c r="D43" t="s">
-        <v>88</v>
+        <v>128</v>
       </c>
       <c r="E43" t="s">
         <v>100</v>
       </c>
       <c r="F43" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B44" t="s">
         <v>21</v>
       </c>
       <c r="C44" t="s">
         <v>8</v>
       </c>
       <c r="D44" t="s">
-        <v>39</v>
+        <v>126</v>
       </c>
       <c r="E44" t="s">
         <v>100</v>
       </c>
       <c r="F44" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B45" t="s">
         <v>21</v>
       </c>
       <c r="C45" t="s">
         <v>8</v>
       </c>
       <c r="D45" t="s">
-        <v>64</v>
+        <v>128</v>
       </c>
       <c r="E45" t="s">
         <v>100</v>
       </c>
       <c r="F45" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B46" t="s">
         <v>21</v>
       </c>
       <c r="C46" t="s">
         <v>8</v>
       </c>
       <c r="D46" t="s">
-        <v>88</v>
+        <v>126</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B47" t="s">
         <v>21</v>
       </c>
       <c r="C47" t="s">
         <v>8</v>
       </c>
       <c r="D47" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
       <c r="E47" t="s">
         <v>100</v>
       </c>
       <c r="F47" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
+        <v>133</v>
+      </c>
+      <c r="B48" t="s">
+        <v>31</v>
+      </c>
+      <c r="C48" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" t="s">
+        <v>128</v>
+      </c>
+      <c r="E48" t="s">
+        <v>134</v>
+      </c>
+      <c r="F48" t="s">
         <v>135</v>
-      </c>
-[...13 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>136</v>
       </c>
       <c r="B49" t="s">
         <v>21</v>
       </c>
       <c r="C49" t="s">
         <v>8</v>
       </c>
       <c r="D49" t="s">
-        <v>137</v>
+        <v>27</v>
       </c>
       <c r="E49" t="s">
         <v>100</v>
       </c>
       <c r="F49" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B50" t="s">
         <v>21</v>
       </c>
       <c r="C50" t="s">
         <v>8</v>
       </c>
       <c r="D50" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="E50" t="s">
         <v>100</v>
       </c>
       <c r="F50" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>138</v>
+      </c>
+      <c r="B51" t="s">
+        <v>139</v>
+      </c>
+      <c r="C51" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" t="s">
         <v>140</v>
       </c>
-      <c r="B51" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>101</v>
+        <v>141</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B52" t="s">
         <v>21</v>
       </c>
       <c r="C52" t="s">
         <v>8</v>
       </c>
       <c r="D52" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="E52" t="s">
         <v>100</v>
       </c>
       <c r="F52" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B53" t="s">
         <v>21</v>
       </c>
       <c r="C53" t="s">
         <v>8</v>
       </c>
       <c r="D53" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="E53" t="s">
         <v>100</v>
       </c>
       <c r="F53" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B54" t="s">
         <v>21</v>
       </c>
       <c r="C54" t="s">
         <v>8</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="E54" t="s">
         <v>100</v>
       </c>
       <c r="F54" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B55" t="s">
         <v>21</v>
       </c>
       <c r="C55" t="s">
         <v>8</v>
       </c>
       <c r="D55" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E55" t="s">
         <v>100</v>
       </c>
       <c r="F55" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B56" t="s">
         <v>21</v>
       </c>
       <c r="C56" t="s">
         <v>8</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>148</v>
       </c>
       <c r="E56" t="s">
         <v>100</v>
       </c>
       <c r="F56" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B57" t="s">
         <v>21</v>
       </c>
       <c r="C57" t="s">
         <v>8</v>
       </c>
       <c r="D57" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="E57" t="s">
         <v>100</v>
       </c>
       <c r="F57" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B58" t="s">
         <v>21</v>
       </c>
       <c r="C58" t="s">
         <v>8</v>
       </c>
       <c r="D58" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="E58" t="s">
         <v>100</v>
       </c>
       <c r="F58" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B59" t="s">
         <v>21</v>
       </c>
       <c r="C59" t="s">
         <v>8</v>
       </c>
       <c r="D59" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="E59" t="s">
         <v>100</v>
       </c>
       <c r="F59" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B60" t="s">
         <v>21</v>
       </c>
       <c r="C60" t="s">
         <v>8</v>
       </c>
       <c r="D60" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="E60" t="s">
         <v>100</v>
       </c>
       <c r="F60" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B61" t="s">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="C61" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="D61" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="E61" t="s">
         <v>100</v>
       </c>
       <c r="F61" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B62" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="C62" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="D62" t="s">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="E62" t="s">
         <v>100</v>
       </c>
       <c r="F62" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>155</v>
       </c>
       <c r="B63" t="s">
         <v>21</v>
       </c>
       <c r="C63" t="s">
         <v>8</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
       <c r="E63" t="s">
         <v>156</v>
       </c>
       <c r="F63" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>158</v>
       </c>
       <c r="B64" t="s">
         <v>159</v>
       </c>
       <c r="C64" t="s">
         <v>26</v>
       </c>
       <c r="D64" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="E64" t="s">
         <v>160</v>
       </c>
       <c r="F64" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>162</v>
       </c>
       <c r="B65" t="s">
         <v>21</v>
       </c>
       <c r="C65" t="s">
         <v>8</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
       <c r="E65" t="s">
         <v>163</v>
       </c>
       <c r="F65" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>165</v>
       </c>
       <c r="B66" t="s">
-        <v>21</v>
+        <v>166</v>
       </c>
       <c r="C66" t="s">
         <v>8</v>
       </c>
       <c r="D66" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="E66" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F66" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B67" t="s">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="C67" t="s">
         <v>8</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>170</v>
       </c>
       <c r="E67" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F67" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B68" t="s">
-        <v>21</v>
+        <v>174</v>
       </c>
       <c r="C68" t="s">
         <v>8</v>
       </c>
       <c r="D68" t="s">
-        <v>173</v>
+        <v>9</v>
       </c>
       <c r="E68" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F68" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B69" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C69" t="s">
         <v>8</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
       <c r="E69" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F69" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B70" t="s">
-        <v>181</v>
+        <v>21</v>
       </c>
       <c r="C70" t="s">
         <v>8</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>182</v>
       </c>
       <c r="E70" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F70" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B71" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="C71" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="D71" t="s">
-        <v>185</v>
+        <v>9</v>
       </c>
       <c r="E71" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F71" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B72" t="s">
-        <v>189</v>
+        <v>21</v>
       </c>
       <c r="C72" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="D72" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="E72" t="s">
         <v>190</v>
       </c>
       <c r="F72" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>192</v>
       </c>
       <c r="B73" t="s">
-        <v>21</v>
+        <v>193</v>
       </c>
       <c r="C73" t="s">
         <v>8</v>
       </c>
       <c r="D73" t="s">
-        <v>185</v>
+        <v>9</v>
       </c>
       <c r="E73" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F73" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B74" t="s">
-        <v>196</v>
+        <v>21</v>
       </c>
       <c r="C74" t="s">
         <v>8</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>182</v>
       </c>
       <c r="E74" t="s">
         <v>197</v>
       </c>
       <c r="F74" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>199</v>
       </c>
       <c r="B75" t="s">
         <v>200</v>
       </c>
       <c r="C75" t="s">
         <v>8</v>
       </c>
       <c r="D75" t="s">
         <v>48</v>
       </c>
       <c r="E75" t="s">
         <v>201</v>
       </c>
       <c r="F75" t="s">
@@ -2733,463 +2733,463 @@
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>214</v>
       </c>
       <c r="B80" t="s">
         <v>21</v>
       </c>
       <c r="C80" t="s">
         <v>8</v>
       </c>
       <c r="D80" t="s">
         <v>9</v>
       </c>
       <c r="E80" t="s">
         <v>212</v>
       </c>
       <c r="F80" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>215</v>
       </c>
       <c r="B81" t="s">
+        <v>31</v>
+      </c>
+      <c r="C81" t="s">
+        <v>26</v>
+      </c>
+      <c r="D81" t="s">
+        <v>9</v>
+      </c>
+      <c r="E81" t="s">
         <v>216</v>
       </c>
-      <c r="C81" t="s">
-[...5 lines deleted...]
-      <c r="E81" t="s">
+      <c r="F81" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
+        <v>218</v>
+      </c>
+      <c r="B82" t="s">
         <v>219</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" t="s">
         <v>8</v>
       </c>
       <c r="D82" t="s">
         <v>9</v>
       </c>
       <c r="E82" t="s">
+        <v>216</v>
+      </c>
+      <c r="F82" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>220</v>
       </c>
       <c r="B83" t="s">
+        <v>221</v>
+      </c>
+      <c r="C83" t="s">
+        <v>26</v>
+      </c>
+      <c r="D83" t="s">
+        <v>9</v>
+      </c>
+      <c r="E83" t="s">
         <v>216</v>
       </c>
-      <c r="C83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F83" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>222</v>
       </c>
       <c r="B84" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
       <c r="C84" t="s">
         <v>8</v>
       </c>
       <c r="D84" t="s">
         <v>9</v>
       </c>
       <c r="E84" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="F84" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B85" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="C85" t="s">
         <v>8</v>
       </c>
       <c r="D85" t="s">
-        <v>227</v>
+        <v>9</v>
       </c>
       <c r="E85" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F85" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B86" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C86" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="D86" t="s">
         <v>9</v>
       </c>
       <c r="E86" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="F86" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="B87" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C87" t="s">
         <v>8</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
       <c r="E87" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F87" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B88" t="s">
-        <v>21</v>
+        <v>230</v>
       </c>
       <c r="C88" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="D88" t="s">
         <v>9</v>
       </c>
       <c r="E88" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="F88" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
+        <v>231</v>
+      </c>
+      <c r="B89" t="s">
+        <v>232</v>
+      </c>
+      <c r="C89" t="s">
+        <v>8</v>
+      </c>
+      <c r="D89" t="s">
         <v>233</v>
       </c>
-      <c r="B89" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E89" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="F89" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
+        <v>234</v>
+      </c>
+      <c r="B90" t="s">
         <v>235</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="D90" t="s">
         <v>9</v>
       </c>
       <c r="E90" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="F90" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>236</v>
       </c>
       <c r="B91" t="s">
-        <v>96</v>
+        <v>232</v>
       </c>
       <c r="C91" t="s">
         <v>8</v>
       </c>
       <c r="D91" t="s">
         <v>9</v>
       </c>
       <c r="E91" t="s">
+        <v>216</v>
+      </c>
+      <c r="F91" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>237</v>
       </c>
       <c r="B92" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C92" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="D92" t="s">
         <v>9</v>
       </c>
       <c r="E92" t="s">
+        <v>216</v>
+      </c>
+      <c r="F92" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>238</v>
       </c>
       <c r="B93" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="C93" t="s">
         <v>8</v>
       </c>
       <c r="D93" t="s">
         <v>9</v>
       </c>
       <c r="E93" t="s">
+        <v>224</v>
+      </c>
+      <c r="F93" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
+        <v>239</v>
+      </c>
+      <c r="B94" t="s">
+        <v>31</v>
+      </c>
+      <c r="C94" t="s">
+        <v>8</v>
+      </c>
+      <c r="D94" t="s">
+        <v>9</v>
+      </c>
+      <c r="E94" t="s">
         <v>240</v>
       </c>
-      <c r="B94" t="s">
+      <c r="F94" t="s">
         <v>241</v>
-      </c>
-[...10 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>242</v>
       </c>
       <c r="B95" t="s">
-        <v>96</v>
+        <v>243</v>
       </c>
       <c r="C95" t="s">
         <v>8</v>
       </c>
       <c r="D95" t="s">
-        <v>9</v>
+        <v>233</v>
       </c>
       <c r="E95" t="s">
+        <v>224</v>
+      </c>
+      <c r="F95" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B96" t="s">
-        <v>31</v>
+        <v>245</v>
       </c>
       <c r="C96" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="D96" t="s">
         <v>9</v>
       </c>
       <c r="E96" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F96" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B97" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C97" t="s">
         <v>8</v>
       </c>
       <c r="D97" t="s">
         <v>9</v>
       </c>
       <c r="E97" t="s">
+        <v>224</v>
+      </c>
+      <c r="F97" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B98" t="s">
-        <v>247</v>
+        <v>21</v>
       </c>
       <c r="C98" t="s">
         <v>8</v>
       </c>
       <c r="D98" t="s">
         <v>9</v>
       </c>
       <c r="E98" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F98" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B99" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C99" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="D99" t="s">
-        <v>9</v>
+        <v>233</v>
       </c>
       <c r="E99" t="s">
+        <v>224</v>
+      </c>
+      <c r="F99" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B100" t="s">
-        <v>216</v>
+        <v>245</v>
       </c>
       <c r="C100" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="D100" t="s">
-        <v>227</v>
+        <v>9</v>
       </c>
       <c r="E100" t="s">
+        <v>224</v>
+      </c>
+      <c r="F100" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B101" t="s">
-        <v>252</v>
+        <v>92</v>
       </c>
       <c r="C101" t="s">
         <v>8</v>
       </c>
       <c r="D101" t="s">
         <v>9</v>
       </c>
       <c r="E101" t="s">
+        <v>216</v>
+      </c>
+      <c r="F101" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>