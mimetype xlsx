--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Archivos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="624">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="634">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Nombre del Proyecto</t>
   </si>
   <si>
     <t>Director</t>
   </si>
   <si>
     <t>Región</t>
   </si>
   <si>
     <t>Museo/Depósito</t>
   </si>
   <si>
     <t>Resolución de autorización</t>
   </si>
   <si>
     <t>Resolución Informe Final</t>
   </si>
   <si>
     <t>Estudio de Intensificación agrícola prehispánica a través del Análisis isotópico de restos vegetales y animales de la costa norte del Perú</t>
   </si>
   <si>
@@ -83,50 +83,53 @@
   <si>
     <t>Amazonas</t>
   </si>
   <si>
     <t>Museo de Leymebamba y Centro Mallqui</t>
   </si>
   <si>
     <t>RD N° 002-2025-DGM-VMPCIC/MC (10ENE2025)</t>
   </si>
   <si>
     <t>Proyecto Bioarqueológico para Determinar las Relaciones entre los Sacrificios Chimú (950 – 1470 d.C.) de los sitios arqueológicos Huanchaquito Las Llamas y El Pollo con  otras poblaciones contemporáneas de la costa norte del Perú</t>
   </si>
   <si>
     <t>Ph.D. Richard Carlton Sutter y Lic. Luis Alberto Flores de la Oliva</t>
   </si>
   <si>
     <t>La Libertad</t>
   </si>
   <si>
     <t>Depósitos de la Huaca Arco Iris</t>
   </si>
   <si>
     <t>RD N° 009-2025-DGM-VMPCIC/MC (22ENE2025)</t>
   </si>
   <si>
+    <t>RD N° 074-2025-DGM-VMPCIC/MC (04NOV2025)</t>
+  </si>
+  <si>
     <t>Reconstitución de las redes de intercambio de las conchas de las especies Spondylus crassisquama y Spondylus limbatus del Santuario Arqueológico de Pachacamac (Pacífico Este)</t>
   </si>
   <si>
     <t>Mag. Denise Pozzi-Escot Buenaño</t>
   </si>
   <si>
     <t>Lima</t>
   </si>
   <si>
     <t>Museo de Sitio Pachacamac</t>
   </si>
   <si>
     <t>RD N° 010-2025-DGM-VMPCIC/MC (24ENE2025)</t>
   </si>
   <si>
     <t>Identificación de aves presentes en artefactos plumarios del Santuario Arqueológico de Pachacamac mediante análisis de ADN antiguo</t>
   </si>
   <si>
     <t>RD N° 0012-2025-DGM-VMPCIC/MC (22ENE2025)</t>
   </si>
   <si>
     <t>Contextos funerarios de la cultura Chancay, un estudio de los fardos de Manzanares, Huacho</t>
   </si>
   <si>
     <t>Lic. Angela Lucía Rojas Bergna</t>
@@ -236,50 +239,59 @@
   <si>
     <t>Mag. Eric Villacorta Cano</t>
   </si>
   <si>
     <t>Cusco</t>
   </si>
   <si>
     <t>Museo Histórico Regional del Cusco</t>
   </si>
   <si>
     <t>RD Nº 048-2025-DGM/VMPCIC/MC (20JUN2025)</t>
   </si>
   <si>
     <t>Estudios bioarqueológicos holístico de los restos humanos de El Chorro, Santa Rosa de Pucalá y Capilla del Niño Serranito-Etén</t>
   </si>
   <si>
     <t>Mag. Edgar Bracamonte Lévano</t>
   </si>
   <si>
     <t>Museo Tumbas Reales de Sipán</t>
   </si>
   <si>
     <t>RD N° 046-2025-DGM-VMPCIC-MC (18JUN2025)</t>
   </si>
   <si>
+    <t>Una exploración de las relaciones funerarias entre los restos de cetáceos y el perfil biológico y social de los individuos humanos de la tumba Paracas Cavernas ‘N12’ de Cerro Colorado para el Formativo Tardío</t>
+  </si>
+  <si>
+    <t>Mag. Patricia Karina Maita Agurto</t>
+  </si>
+  <si>
+    <t>RD Nº 045-2025-DGM/VMPCIC/MC (12JUN2025)</t>
+  </si>
+  <si>
     <t>Proyecto de análisis complementario del material arqueológico recuperado por el Proyecto de Investigación Arqueológica de Puerto Malabrigo – La Libertad – temporada 2023</t>
   </si>
   <si>
     <t>Lic. Lizbeth Marina Pariona Muñoz</t>
   </si>
   <si>
     <t>Depósito de la DDC La Libertad</t>
   </si>
   <si>
     <t>RD N° 000050-2025-DGM-VMPCIC/MC (10JUL2025)</t>
   </si>
   <si>
     <t>Momias como Microcosmos: Análisis integrado de fardos prehispánicos de Puruchuco</t>
   </si>
   <si>
     <t>Dra. Lucia Clarisa Watson Jiménez</t>
   </si>
   <si>
     <t>Área de Manejo de Colecciones de la sede central del Ministerio de Cultura</t>
   </si>
   <si>
     <t>RD N° 000052-2025-DGM-VMPCIC/MC (15JUL2025)</t>
   </si>
   <si>
     <t>Proyecto de investigación arqueológica Samaca (PIA Samaca) – fibras y restos de fauna pre cerámicos</t>
@@ -314,95 +326,143 @@
   <si>
     <t>Proyecto de Investigación sobre la conservación de cuerpos humanos de contextos de capacocha, procedentes de la colección del Museo Santuarios Andinos, Arequipa</t>
   </si>
   <si>
     <t>Lic. Winnie Celeste Martínez Sulca</t>
   </si>
   <si>
     <t>Arequipa</t>
   </si>
   <si>
     <t>Museo Santuarios Andinos</t>
   </si>
   <si>
     <t>RD N° 000058-2025-DGM-VMPCIC/MC (31JUL2025)</t>
   </si>
   <si>
     <t>Caracterización arqueométrica de restos de loros de los Andes precolombinos</t>
   </si>
   <si>
     <t>Museo Regional de Ica “Adolfo Bermúdez Jenkins"</t>
   </si>
   <si>
     <t>RD N° 000062-2025-DGM-VMPCIC/MC (03SET2025)</t>
   </si>
   <si>
+    <t>Análisis de ADN antiguo de la historia poblacional y adaptación de las poblaciones antiguas del valle de Osmore, Moquegua, Perú</t>
+  </si>
+  <si>
+    <t>Mag. Maxine McCarty</t>
+  </si>
+  <si>
+    <t>Museo Contisuyo, Centro Mallqui</t>
+  </si>
+  <si>
+    <t>RD N° 000063-2025-DGM-VMPCIC/MC (04SET2025)</t>
+  </si>
+  <si>
+    <t>Muestras de suelo del Proyecto Arqueológico Pukaras del Colca 2013 para realizar estudios paleobotánicos</t>
+  </si>
+  <si>
+    <t>Lic. Manuel Ángel Mamani Calloapaza</t>
+  </si>
+  <si>
+    <t>Depósito de la DDC Arequipa</t>
+  </si>
+  <si>
+    <t>RD N° 000057-2025-DGM-VMPCIC/MC (21JUL2025)</t>
+  </si>
+  <si>
+    <t>RD N° 078-2025-DGM-VMPCIC/MC (12NOV2025)</t>
+  </si>
+  <si>
     <t>Proyecto de investigación de colecciones y fondos museográficos Ánimas Altas/ Ánimas Bajas 2025"</t>
   </si>
   <si>
     <t>Dra. Aïcha Bachir Bacha</t>
   </si>
   <si>
     <t>Resolución Directoral N° 000070-2025-DGM-VMPCIC/MC (14OCT2025)</t>
   </si>
   <si>
     <t>"Proyecto de Investigación Arqueológico Regional Ancash- [PIARA]";</t>
   </si>
   <si>
     <t>Lic. Erick Luis Casanova Vásquez</t>
   </si>
   <si>
     <t>Dirección Desconcentrada de Cultura Ancash</t>
   </si>
   <si>
     <t>RD N° 000072-2025-DGM-VMPCIC/MC (15OCT2025)</t>
   </si>
   <si>
+    <t>“Proyecto de Investigación de la colección del material arqueológico del sitio arqueológico Las Juntas-Bagua”</t>
+  </si>
+  <si>
+    <t>Mg. Irvin Luciano Navarro Amaro</t>
+  </si>
+  <si>
+    <t>Depósito de la DDC Amazonas</t>
+  </si>
+  <si>
+    <t>RD N° 000073-2025-DGM-VMPCIC/MC (03NOV2025)</t>
+  </si>
+  <si>
+    <t>“Proyecto de Investigación de la Colección de Cerámica Fragmentada del Kusikancha en el Gabinete de Elementos Muestrales de la Dirección Desconcentrada de Cultura Cusco”</t>
+  </si>
+  <si>
+    <t>LIc. Damner Aparicio Chuyacama</t>
+  </si>
+  <si>
+    <t>Gabinete de Elementos Muestrales y Colecciones de la Dirección Desconcentrada de Cultura del Cusco</t>
+  </si>
+  <si>
+    <t>RD N° 000082-2025-DGM-VMPCIC/MC (05DIC2025)</t>
+  </si>
+  <si>
     <t>Evolución y diversidad genética del maíz (Zea Mays) prehispánico en el valle de Moquegua, Perú</t>
   </si>
   <si>
     <t>Dra. Sarah Irmelin Baitzel</t>
   </si>
   <si>
     <t>Moquegua</t>
   </si>
   <si>
     <t>Museo Contisuyo</t>
   </si>
   <si>
     <t>RD N° 008-2024-DGM-VMPCIC-MC (31ENE2024)</t>
   </si>
   <si>
     <t>Caracterización química de pigmentos de la cerámica del Periodo Intermedio Tardío y Horizonte Tardío (Temporadas 1999 y 2002), mediante FRXp y LIBS del Sitio Arqueológico Choquepukio, Cuenca de Lucre, Cusco</t>
   </si>
   <si>
     <t>Dra. Celina Luizar Obregón, Bach. Sandra Pierina Villena Sulli</t>
   </si>
   <si>
-    <t>Gabinete de Elementos Muestrales y Colecciones de la Dirección Desconcentrada de Cultura del Cusco</t>
-[...1 lines deleted...]
-  <si>
     <t>RD Nº 021-2024-DGM/VMPCIC/MC (08MAR2024)</t>
   </si>
   <si>
     <t>RD N° 029-2025-DGM-VMPCIC/MC (28MAR2025)</t>
   </si>
   <si>
     <t>Los personajes en la cultura Cajamarca desde el sitio arqueológico Iscoconga</t>
   </si>
   <si>
     <t>Dra. Solsire Natali Cusicanqui Marsano</t>
   </si>
   <si>
     <t>Depósitos Direción Desconcentrada de Cultura de Cajamarca</t>
   </si>
   <si>
     <t>RD N° 0024-2024-DGM-VMPCIC/MC (14MAR2024)</t>
   </si>
   <si>
     <t>Determinación de la antigüedad y procedencia de las plumas de ave asociadas a fardos Ychsma excavados por el Proyecto Arqueológico Pachacamac-2005 en el Sitio de Pachacámac, Perú</t>
   </si>
   <si>
     <t>Dr. Rafael Segura Llanos, Dr. George Olah</t>
   </si>
   <si>
     <t>RD N° 0039-2024-DGM-VMPCIC/MC (16ABR2024)</t>
@@ -581,53 +641,50 @@
   <si>
     <t>RD N° 042-20245-DGM-VMPCIC/MC (09JUN2025)</t>
   </si>
   <si>
     <t>Proyecto de Investigación de Colecciones y Fondos museográficos administrados por el Ministerio de Cultura de los materiales arqueológicos procedentes del Proyecto de Investigación Arqueológica Proyecto Arqueológico de la Prehistoria de Ayabaca [PAPAYA]</t>
   </si>
   <si>
     <t>Lic. Dennis Nicolás Lorenzo</t>
   </si>
   <si>
     <t>Piura</t>
   </si>
   <si>
     <t>Depósitos de Dirección Desconcentrada de Cultura de Piura</t>
   </si>
   <si>
     <t>RD N° 098-2024-DGM-VMPCIC-MC (28AGO2024)</t>
   </si>
   <si>
     <t>RD N° 047-2025-DGM-VMPCIC-MC (20JUN2025)</t>
   </si>
   <si>
     <t>Proyecto de Investigación de Colecciones y Fondos Museográficos Administrados por el Ministerio de Cultura “Collaguas Antiguos”</t>
   </si>
   <si>
-    <t>Lic. Manuel Ángel Mamani Calloapaza</t>
-[...1 lines deleted...]
-  <si>
     <t>Tambo Cultural Yarabamba</t>
   </si>
   <si>
     <t>RD Nº 081-2024-DGM/VMPCIC/MC (04JUL2024)</t>
   </si>
   <si>
     <t>Análisis Funcionales de las Vasijas de la Tumba 1 (Señor de Sipán), Tumba 2 (El Sacerdote), Tumba 3 (El Viejo Señor de Sipán) y Repositorios 1, 2, 3 y 4 de Sipán</t>
   </si>
   <si>
     <t>RD Nº 086-2024-DGM/VMPCIC/MC (25JUL2024)</t>
   </si>
   <si>
     <t>RD N° 0004-2025-DGM-VMPCIC/MC (14ENE20225)</t>
   </si>
   <si>
     <t>Proyecto de Investigación y Análisis de alfileres óseos del Sitio Arqueológico Chavín de Huántar</t>
   </si>
   <si>
     <t>Mag. Oscar Arias Espinoza</t>
   </si>
   <si>
     <t>RD N° 00103-2024-DGM-VMPCIC/MC (23SET2024)</t>
   </si>
   <si>
     <t>RD N° 061-2025-DGM-VMPCIC/MC (22AGO2025)</t>
@@ -1088,50 +1145,53 @@
   <si>
     <t>RD N° 0087-2021-DGM-MC (26JUL2021)</t>
   </si>
   <si>
     <t>RD N° 074-2023-DGM-MC (25JUL2023)</t>
   </si>
   <si>
     <t>El contexto sistémico de una unidad doméstica en El Triunfo durante el Periodo Formativo Tardío, valle de Lambayeque</t>
   </si>
   <si>
     <t>RD N° 0074-2021-DGM-MC (18JUN2021)</t>
   </si>
   <si>
     <t>RD N° 0073-2023-DGM-MC (25JUL2023)</t>
   </si>
   <si>
     <t>Proyecto de investigación de la colección de cerámica fragmentada de Minaspata en el Gabinete de Elementos Muestrales y Colecciones de la DDC - Cusco</t>
   </si>
   <si>
     <t>Lic. Damner Aparicio Chuyacama</t>
   </si>
   <si>
     <t>RD N° 0096-2021-DGM-MC (16AGO2021)</t>
   </si>
   <si>
+    <t>RD N° 081-2025-DGM-VMPCIC/MC (02DIC2025)</t>
+  </si>
+  <si>
     <t>Diversificación Morfológica de poblaciones humanas sudamericanas</t>
   </si>
   <si>
     <t>Dra. Alejandra Ortiz Rivarola</t>
   </si>
   <si>
     <t>RD 000104-2020-DGM (02DIC2020)</t>
   </si>
   <si>
     <t>RD N° 000106-2021-DGM (10SET2021)</t>
   </si>
   <si>
     <t>Alfares en una colección cerámica de la Pirámide E del complejo arqueológico Mateo Salado</t>
   </si>
   <si>
     <t>RD N° 0039-2020-DGM (02SET2020)</t>
   </si>
   <si>
     <t>RD N° 0013-2022-DGM (03MAR2022)</t>
   </si>
   <si>
     <t>Modificaciones craneales Chancay. Estudio a partir de los contextos funerarios de los cementerios de Lauri y Puerto de Chancay en el Periodo Intermedio Tardío</t>
   </si>
   <si>
     <t>Dr. Peter Kaulicke</t>
@@ -1854,80 +1914,50 @@
     <t>Dr. Bill MacDonald y Dr. César Astuhuamán</t>
   </si>
   <si>
     <t>RD N° 09-2015-DGM-VMPCIC/MC (03AGO2015)</t>
   </si>
   <si>
     <t>RD N° 15-2016/DGM/VMPCIC/MC (22JUN2016)</t>
   </si>
   <si>
     <t>Proyecto Estudio de Restos Humanos y Muestras de Tierra de los sitios Pampas Gramalote y Pampa La Cruz/La Poza de la Bahía de Huanchaco, Temporada 2015</t>
   </si>
   <si>
     <t>RD N° 10-2015-DGM-VMPCIC/MC (03AGO2015)</t>
   </si>
   <si>
     <t>RD N° 08-2015/DGM/VMPCIC/MC (15ABR2016)</t>
   </si>
   <si>
     <t>Análisis de los Restos Óseos del Periodo Moche Tardío del Sitio Arqueológico de Huaca Colorada, Valle de Jequetepeque</t>
   </si>
   <si>
     <t>RD N° 19-2015-DGM-VMPCIC/MC (10NOV2015)</t>
   </si>
   <si>
     <t>RD N° 27-2017-DGM-VMPCIC/MC (20JUL2017)</t>
-  </si>
-[...28 lines deleted...]
-    <t>RD N° 000057-2025-DGM-VMPCIC/MC (21JUL2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2227,51 +2257,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G159"/>
+  <dimension ref="A1:G161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="299" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="102" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="284" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="74" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="51" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2333,3604 +2363,3654 @@
       </c>
       <c r="G3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>2025</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>2025</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>2025</v>
       </c>
       <c r="B13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>2025</v>
       </c>
       <c r="B14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>2025</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>2025</v>
       </c>
       <c r="B16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>2025</v>
       </c>
       <c r="B17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="D17"/>
       <c r="E17" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="F17" t="s">
         <v>77</v>
       </c>
       <c r="G17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>2025</v>
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
       <c r="C18" t="s">
         <v>79</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="E18" t="s">
         <v>80</v>
       </c>
       <c r="F18" t="s">
         <v>81</v>
       </c>
       <c r="G18" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>2025</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
       <c r="C19" t="s">
         <v>83</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>84</v>
       </c>
       <c r="F19" t="s">
         <v>85</v>
       </c>
       <c r="G19" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>2025</v>
       </c>
       <c r="B20" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" t="s">
         <v>87</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
         <v>88</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" t="s">
         <v>89</v>
       </c>
-      <c r="E20" t="s">
+      <c r="G20" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
         <v>2025</v>
       </c>
       <c r="B21" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" t="s">
         <v>92</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>93</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>94</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
         <v>2025</v>
       </c>
       <c r="B22" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" t="s">
         <v>97</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>51</v>
+        <v>98</v>
       </c>
       <c r="E22" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F22" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G22" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>2025</v>
       </c>
       <c r="B23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C23" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
       <c r="D23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E23" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F23" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G23" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>2025</v>
       </c>
       <c r="B24" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="D24"/>
       <c r="E24" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F24" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G24" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B25" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>109</v>
       </c>
+      <c r="D25"/>
       <c r="E25" t="s">
         <v>110</v>
       </c>
       <c r="F25" t="s">
         <v>111</v>
       </c>
       <c r="G25" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B26" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C26" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D26" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="E26" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="F26" t="s">
         <v>115</v>
       </c>
       <c r="G26" t="s">
-        <v>116</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B27" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" t="s">
         <v>117</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>58</v>
+      </c>
+      <c r="E27" t="s">
         <v>118</v>
       </c>
-      <c r="D27" t="s">
-[...2 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G27" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B28" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" t="s">
         <v>121</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28"/>
+      <c r="E28" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F28" t="s">
         <v>123</v>
       </c>
       <c r="G28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B29" t="s">
         <v>124</v>
       </c>
       <c r="C29" t="s">
         <v>125</v>
       </c>
       <c r="D29" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E29" t="s">
         <v>126</v>
       </c>
       <c r="F29" t="s">
         <v>127</v>
       </c>
       <c r="G29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>2024</v>
       </c>
       <c r="B30" t="s">
         <v>128</v>
       </c>
       <c r="C30" t="s">
         <v>129</v>
       </c>
       <c r="D30" t="s">
-        <v>20</v>
+        <v>130</v>
       </c>
       <c r="E30" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F30" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G30" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>2024</v>
       </c>
       <c r="B31" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C31" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D31" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="E31" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F31" t="s">
         <v>135</v>
       </c>
       <c r="G31" t="s">
-        <v>12</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>2024</v>
       </c>
       <c r="B32" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C32" t="s">
-        <v>61</v>
+        <v>138</v>
       </c>
       <c r="D32" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E32" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="F32" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G32" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>2024</v>
       </c>
       <c r="B33" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C33" t="s">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="E33" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="F33" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G33" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>2024</v>
       </c>
       <c r="B34" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C34" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D34" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E34" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G34" t="s">
-        <v>147</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>2024</v>
       </c>
       <c r="B35" t="s">
         <v>148</v>
       </c>
       <c r="C35" t="s">
         <v>149</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="F35" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G35" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>2024</v>
       </c>
       <c r="B36" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C36" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D36" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="E36" t="s">
-        <v>52</v>
+        <v>154</v>
       </c>
       <c r="F36" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G36" t="s">
-        <v>154</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
         <v>2024</v>
       </c>
       <c r="B37" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C37" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="D37" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>157</v>
       </c>
       <c r="F37" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G37" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
         <v>2024</v>
       </c>
       <c r="B38" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C38" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="D38" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="E38" t="s">
-        <v>52</v>
+        <v>161</v>
       </c>
       <c r="F38" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="G38" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
         <v>2024</v>
       </c>
       <c r="B39" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C39" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D39" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E39" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F39" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="G39" t="s">
-        <v>12</v>
+        <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>2024</v>
       </c>
       <c r="B40" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C40" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D40" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>167</v>
+        <v>21</v>
       </c>
       <c r="F40" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>2024</v>
       </c>
       <c r="B41" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C41" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D41" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="E41" t="s">
-        <v>171</v>
+        <v>53</v>
       </c>
       <c r="F41" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G41" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>2024</v>
       </c>
       <c r="B42" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C42" t="s">
-        <v>175</v>
+        <v>79</v>
       </c>
       <c r="D42" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E42" t="s">
+        <v>21</v>
+      </c>
+      <c r="F42" t="s">
         <v>176</v>
       </c>
-      <c r="F42" t="s">
+      <c r="G42" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>2024</v>
       </c>
       <c r="B43" t="s">
         <v>178</v>
       </c>
       <c r="C43" t="s">
         <v>179</v>
       </c>
       <c r="D43" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="E43" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="F43" t="s">
         <v>180</v>
       </c>
       <c r="G43" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
         <v>2024</v>
       </c>
       <c r="B44" t="s">
+        <v>181</v>
+      </c>
+      <c r="C44" t="s">
         <v>182</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>26</v>
+      </c>
+      <c r="E44" t="s">
         <v>183</v>
       </c>
-      <c r="D44" t="s">
+      <c r="F44" t="s">
         <v>184</v>
       </c>
-      <c r="E44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G44" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
         <v>2024</v>
       </c>
       <c r="B45" t="s">
+        <v>185</v>
+      </c>
+      <c r="C45" t="s">
+        <v>186</v>
+      </c>
+      <c r="D45" t="s">
+        <v>26</v>
+      </c>
+      <c r="E45" t="s">
+        <v>187</v>
+      </c>
+      <c r="F45" t="s">
         <v>188</v>
-      </c>
-[...10 lines deleted...]
-        <v>191</v>
       </c>
       <c r="G45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
         <v>2024</v>
       </c>
       <c r="B46" t="s">
+        <v>189</v>
+      </c>
+      <c r="C46" t="s">
+        <v>190</v>
+      </c>
+      <c r="D46" t="s">
+        <v>98</v>
+      </c>
+      <c r="E46" t="s">
+        <v>191</v>
+      </c>
+      <c r="F46" t="s">
         <v>192</v>
       </c>
-      <c r="C46" t="s">
-[...8 lines deleted...]
-      <c r="F46" t="s">
+      <c r="G46" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>2024</v>
       </c>
       <c r="B47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C47" t="s">
         <v>195</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>26</v>
+      </c>
+      <c r="E47" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="F47" t="s">
         <v>197</v>
       </c>
       <c r="G47" t="s">
-        <v>198</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>2024</v>
       </c>
       <c r="B48" t="s">
+        <v>198</v>
+      </c>
+      <c r="C48" t="s">
         <v>199</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>63</v>
+      </c>
+      <c r="E48" t="s">
+        <v>64</v>
+      </c>
+      <c r="F48" t="s">
         <v>200</v>
       </c>
-      <c r="D48" t="s">
-[...2 lines deleted...]
-      <c r="E48" t="s">
+      <c r="G48" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
         <v>2024</v>
       </c>
       <c r="B49" t="s">
+        <v>202</v>
+      </c>
+      <c r="C49" t="s">
         <v>203</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>204</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>205</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
         <v>206</v>
       </c>
-      <c r="F49" t="s">
+      <c r="G49" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
         <v>2024</v>
       </c>
       <c r="B50" t="s">
         <v>208</v>
       </c>
       <c r="C50" t="s">
+        <v>109</v>
+      </c>
+      <c r="D50" t="s">
+        <v>98</v>
+      </c>
+      <c r="E50" t="s">
         <v>209</v>
       </c>
-      <c r="D50" t="s">
+      <c r="F50" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B51" t="s">
+        <v>211</v>
+      </c>
+      <c r="C51" t="s">
+        <v>72</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" t="s">
+        <v>73</v>
+      </c>
+      <c r="F51" t="s">
+        <v>212</v>
+      </c>
+      <c r="G51" t="s">
         <v>213</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B52" t="s">
+        <v>214</v>
+      </c>
+      <c r="C52" t="s">
+        <v>215</v>
+      </c>
+      <c r="D52" t="s">
+        <v>58</v>
+      </c>
+      <c r="E52" t="s">
+        <v>59</v>
+      </c>
+      <c r="F52" t="s">
         <v>216</v>
       </c>
-      <c r="C52" t="s">
+      <c r="G52" t="s">
         <v>217</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B53" t="s">
+        <v>218</v>
+      </c>
+      <c r="C53" t="s">
+        <v>219</v>
+      </c>
+      <c r="D53" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" t="s">
         <v>220</v>
       </c>
-      <c r="C53" t="s">
+      <c r="F53" t="s">
         <v>221</v>
-      </c>
-[...7 lines deleted...]
-        <v>223</v>
       </c>
       <c r="G53" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B54" t="s">
+        <v>222</v>
+      </c>
+      <c r="C54" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" t="s">
         <v>224</v>
       </c>
-      <c r="C54" t="s">
+      <c r="E54" t="s">
         <v>225</v>
       </c>
-      <c r="D54" t="s">
-[...2 lines deleted...]
-      <c r="E54" t="s">
+      <c r="F54" t="s">
         <v>226</v>
       </c>
-      <c r="F54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" t="s">
-        <v>228</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B55" t="s">
+        <v>227</v>
+      </c>
+      <c r="C55" t="s">
+        <v>228</v>
+      </c>
+      <c r="D55" t="s">
         <v>229</v>
       </c>
-      <c r="C55" t="s">
+      <c r="E55" t="s">
         <v>230</v>
       </c>
-      <c r="D55" t="s">
-[...2 lines deleted...]
-      <c r="E55" t="s">
+      <c r="F55" t="s">
         <v>231</v>
       </c>
-      <c r="F55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" t="s">
-        <v>233</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
         <v>2023</v>
       </c>
       <c r="B56" t="s">
+        <v>232</v>
+      </c>
+      <c r="C56" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" t="s">
+        <v>58</v>
+      </c>
+      <c r="E56" t="s">
+        <v>154</v>
+      </c>
+      <c r="F56" t="s">
         <v>234</v>
-      </c>
-[...10 lines deleted...]
-        <v>236</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
         <v>2023</v>
       </c>
       <c r="B57" t="s">
+        <v>235</v>
+      </c>
+      <c r="C57" t="s">
+        <v>236</v>
+      </c>
+      <c r="D57" t="s">
+        <v>9</v>
+      </c>
+      <c r="E57" t="s">
         <v>237</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
         <v>238</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G57" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
         <v>2023</v>
       </c>
       <c r="B58" t="s">
+        <v>239</v>
+      </c>
+      <c r="C58" t="s">
         <v>240</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>68</v>
+      </c>
+      <c r="E58" t="s">
         <v>241</v>
       </c>
-      <c r="D58" t="s">
-[...2 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
         <v>2023</v>
       </c>
       <c r="B59" t="s">
+        <v>243</v>
+      </c>
+      <c r="C59" t="s">
         <v>244</v>
       </c>
-      <c r="C59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>245</v>
       </c>
       <c r="F59" t="s">
         <v>246</v>
       </c>
       <c r="G59" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
         <v>2023</v>
       </c>
       <c r="B60" t="s">
         <v>248</v>
       </c>
       <c r="C60" t="s">
         <v>249</v>
       </c>
       <c r="D60" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E60" t="s">
-        <v>145</v>
+        <v>250</v>
       </c>
       <c r="F60" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G60" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
         <v>2023</v>
       </c>
       <c r="B61" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C61" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D61" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="E61" t="s">
-        <v>254</v>
+        <v>53</v>
       </c>
       <c r="F61" t="s">
         <v>255</v>
       </c>
       <c r="G61" t="s">
-        <v>256</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
         <v>2023</v>
       </c>
       <c r="B62" t="s">
+        <v>256</v>
+      </c>
+      <c r="C62" t="s">
         <v>257</v>
       </c>
-      <c r="C62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="E62" t="s">
-        <v>52</v>
+        <v>220</v>
       </c>
       <c r="F62" t="s">
         <v>258</v>
       </c>
       <c r="G62" t="s">
-        <v>259</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
         <v>2023</v>
       </c>
       <c r="B63" t="s">
+        <v>259</v>
+      </c>
+      <c r="C63" t="s">
         <v>260</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>26</v>
+      </c>
+      <c r="E63" t="s">
         <v>261</v>
       </c>
-      <c r="D63" t="s">
-[...2 lines deleted...]
-      <c r="E63" t="s">
+      <c r="F63" t="s">
         <v>262</v>
       </c>
-      <c r="F63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G63" t="s">
-        <v>264</v>
+        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
         <v>2023</v>
       </c>
       <c r="B64" t="s">
+        <v>263</v>
+      </c>
+      <c r="C64" t="s">
+        <v>244</v>
+      </c>
+      <c r="D64" t="s">
+        <v>63</v>
+      </c>
+      <c r="E64" t="s">
+        <v>264</v>
+      </c>
+      <c r="F64" t="s">
         <v>265</v>
       </c>
-      <c r="C64" t="s">
+      <c r="G64" t="s">
         <v>266</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
         <v>2023</v>
       </c>
       <c r="B65" t="s">
+        <v>267</v>
+      </c>
+      <c r="C65" t="s">
+        <v>268</v>
+      </c>
+      <c r="D65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" t="s">
+        <v>165</v>
+      </c>
+      <c r="F65" t="s">
         <v>269</v>
       </c>
-      <c r="C65" t="s">
+      <c r="G65" t="s">
         <v>270</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B66" t="s">
+        <v>271</v>
+      </c>
+      <c r="C66" t="s">
         <v>272</v>
       </c>
-      <c r="C66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E66" t="s">
-        <v>63</v>
+        <v>273</v>
       </c>
       <c r="F66" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G66" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B67" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C67" t="s">
-        <v>276</v>
+        <v>172</v>
       </c>
       <c r="D67" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="E67" t="s">
-        <v>134</v>
+        <v>53</v>
       </c>
       <c r="F67" t="s">
         <v>277</v>
       </c>
       <c r="G67" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B68" t="s">
         <v>279</v>
       </c>
       <c r="C68" t="s">
         <v>280</v>
       </c>
       <c r="D68" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>281</v>
       </c>
       <c r="F68" t="s">
         <v>282</v>
       </c>
       <c r="G68" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B69" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="C69" t="s">
-        <v>270</v>
+        <v>285</v>
       </c>
       <c r="D69" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="E69" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F69" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="G69" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B70" t="s">
+        <v>288</v>
+      </c>
+      <c r="C70" t="s">
+        <v>289</v>
+      </c>
+      <c r="D70" t="s">
+        <v>130</v>
+      </c>
+      <c r="E70" t="s">
         <v>286</v>
       </c>
-      <c r="C70" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F70" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G70" t="s">
-        <v>290</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
         <v>2022</v>
       </c>
       <c r="B71" t="s">
         <v>291</v>
       </c>
       <c r="C71" t="s">
+        <v>199</v>
+      </c>
+      <c r="D71" t="s">
+        <v>63</v>
+      </c>
+      <c r="E71" t="s">
+        <v>64</v>
+      </c>
+      <c r="F71" t="s">
         <v>292</v>
       </c>
-      <c r="D71" t="s">
-[...5 lines deleted...]
-      <c r="F71" t="s">
+      <c r="G71" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
         <v>2022</v>
       </c>
       <c r="B72" t="s">
+        <v>294</v>
+      </c>
+      <c r="C72" t="s">
         <v>295</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>58</v>
+      </c>
+      <c r="E72" t="s">
+        <v>154</v>
+      </c>
+      <c r="F72" t="s">
         <v>296</v>
       </c>
-      <c r="D72" t="s">
-[...2 lines deleted...]
-      <c r="E72" t="s">
+      <c r="G72" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
         <v>2022</v>
       </c>
       <c r="B73" t="s">
+        <v>298</v>
+      </c>
+      <c r="C73" t="s">
         <v>299</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>68</v>
+      </c>
+      <c r="E73" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="F73" t="s">
         <v>301</v>
       </c>
       <c r="G73" t="s">
-        <v>12</v>
+        <v>302</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
         <v>2022</v>
       </c>
       <c r="B74" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
       <c r="C74" t="s">
+        <v>289</v>
+      </c>
+      <c r="D74" t="s">
+        <v>130</v>
+      </c>
+      <c r="E74" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F74" t="s">
         <v>304</v>
       </c>
       <c r="G74" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
         <v>2022</v>
       </c>
       <c r="B75" t="s">
         <v>305</v>
       </c>
       <c r="C75" t="s">
         <v>306</v>
       </c>
       <c r="D75" t="s">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="E75" t="s">
         <v>307</v>
       </c>
       <c r="F75" t="s">
         <v>308</v>
       </c>
       <c r="G75" t="s">
-        <v>12</v>
+        <v>309</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
         <v>2022</v>
       </c>
       <c r="B76" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C76" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D76" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="E76" t="s">
-        <v>52</v>
+        <v>154</v>
       </c>
       <c r="F76" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="G76" t="s">
-        <v>12</v>
+        <v>313</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
         <v>2022</v>
       </c>
       <c r="B77" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C77" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D77" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="E77" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F77" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="G77" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
         <v>2022</v>
       </c>
       <c r="B78" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C78" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D78" t="s">
-        <v>62</v>
+        <v>130</v>
       </c>
       <c r="E78" t="s">
-        <v>63</v>
+        <v>303</v>
       </c>
       <c r="F78" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="G78" t="s">
-        <v>319</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
         <v>2022</v>
       </c>
       <c r="B79" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C79" t="s">
-        <v>43</v>
+        <v>322</v>
       </c>
       <c r="D79" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F79" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="G79" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80">
         <v>2022</v>
       </c>
       <c r="B80" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C80" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D80" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="E80" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F80" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="G80" t="s">
-        <v>326</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81">
         <v>2022</v>
       </c>
       <c r="B81" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C81" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D81" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E81" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F81" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G81" t="s">
-        <v>330</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
         <v>2022</v>
       </c>
       <c r="B82" t="s">
         <v>331</v>
       </c>
       <c r="C82" t="s">
-        <v>152</v>
+        <v>332</v>
       </c>
       <c r="D82" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="E82" t="s">
-        <v>52</v>
+        <v>333</v>
       </c>
       <c r="F82" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="G82" t="s">
-        <v>333</v>
+        <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B83" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C83" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D83" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="E83" t="s">
-        <v>201</v>
+        <v>64</v>
       </c>
       <c r="F83" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G83" t="s">
-        <v>12</v>
+        <v>338</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B84" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C84" t="s">
-        <v>338</v>
+        <v>44</v>
       </c>
       <c r="D84" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="E84" t="s">
-        <v>222</v>
+        <v>27</v>
       </c>
       <c r="F84" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="G84" t="s">
-        <v>340</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B85" t="s">
         <v>341</v>
       </c>
       <c r="C85" t="s">
         <v>342</v>
       </c>
       <c r="D85" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="E85" t="s">
-        <v>114</v>
+        <v>343</v>
       </c>
       <c r="F85" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="G85" t="s">
-        <v>12</v>
+        <v>345</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B86" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C86" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D86" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="E86" t="s">
-        <v>346</v>
+        <v>53</v>
       </c>
       <c r="F86" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="G86" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B87" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C87" t="s">
-        <v>129</v>
+        <v>172</v>
       </c>
       <c r="D87" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="E87" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F87" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G87" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
         <v>2021</v>
       </c>
       <c r="B88" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C88" t="s">
-        <v>71</v>
+        <v>354</v>
       </c>
       <c r="D88" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="E88" t="s">
-        <v>72</v>
+        <v>220</v>
       </c>
       <c r="F88" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="G88" t="s">
-        <v>354</v>
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
         <v>2021</v>
       </c>
       <c r="B89" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C89" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D89" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E89" t="s">
-        <v>114</v>
+        <v>241</v>
       </c>
       <c r="F89" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="G89" t="s">
-        <v>12</v>
+        <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B90" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C90" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D90" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E90" t="s">
-        <v>201</v>
+        <v>126</v>
       </c>
       <c r="F90" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="G90" t="s">
-        <v>361</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B91" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C91" t="s">
-        <v>230</v>
+        <v>364</v>
       </c>
       <c r="D91" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E91" t="s">
-        <v>231</v>
+        <v>365</v>
       </c>
       <c r="F91" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="G91" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B92" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C92" t="s">
-        <v>366</v>
+        <v>149</v>
       </c>
       <c r="D92" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>367</v>
+        <v>21</v>
       </c>
       <c r="F92" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="G92" t="s">
-        <v>12</v>
+        <v>370</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B93" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C93" t="s">
-        <v>370</v>
+        <v>72</v>
       </c>
       <c r="D93" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="E93" t="s">
-        <v>371</v>
+        <v>73</v>
       </c>
       <c r="F93" t="s">
         <v>372</v>
       </c>
       <c r="G93" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B94" t="s">
         <v>374</v>
       </c>
       <c r="C94" t="s">
-        <v>43</v>
+        <v>375</v>
       </c>
       <c r="D94" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E94" t="s">
-        <v>26</v>
+        <v>126</v>
       </c>
       <c r="F94" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G94" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B95" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C95" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="D95" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="E95" t="s">
-        <v>114</v>
+        <v>220</v>
       </c>
       <c r="F95" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="G95" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B96" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C96" t="s">
-        <v>287</v>
+        <v>249</v>
       </c>
       <c r="D96" t="s">
-        <v>381</v>
+        <v>26</v>
       </c>
       <c r="E96" t="s">
-        <v>382</v>
+        <v>250</v>
       </c>
       <c r="F96" t="s">
         <v>383</v>
       </c>
       <c r="G96" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
         <v>2019</v>
       </c>
       <c r="B97" t="s">
         <v>385</v>
       </c>
       <c r="C97" t="s">
         <v>386</v>
       </c>
       <c r="D97" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>387</v>
       </c>
       <c r="F97" t="s">
         <v>388</v>
       </c>
       <c r="G97" t="s">
-        <v>389</v>
+        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
         <v>2019</v>
       </c>
       <c r="B98" t="s">
+        <v>389</v>
+      </c>
+      <c r="C98" t="s">
         <v>390</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>68</v>
+      </c>
+      <c r="E98" t="s">
         <v>391</v>
       </c>
-      <c r="D98" t="s">
-[...2 lines deleted...]
-      <c r="E98" t="s">
+      <c r="F98" t="s">
         <v>392</v>
       </c>
-      <c r="F98" t="s">
+      <c r="G98" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
         <v>2019</v>
       </c>
       <c r="B99" t="s">
         <v>394</v>
       </c>
       <c r="C99" t="s">
+        <v>44</v>
+      </c>
+      <c r="D99" t="s">
+        <v>26</v>
+      </c>
+      <c r="E99" t="s">
+        <v>27</v>
+      </c>
+      <c r="F99" t="s">
         <v>395</v>
       </c>
-      <c r="D99" t="s">
-[...2 lines deleted...]
-      <c r="E99" t="s">
+      <c r="G99" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
         <v>2019</v>
       </c>
       <c r="B100" t="s">
+        <v>397</v>
+      </c>
+      <c r="C100" t="s">
+        <v>390</v>
+      </c>
+      <c r="D100" t="s">
+        <v>68</v>
+      </c>
+      <c r="E100" t="s">
+        <v>126</v>
+      </c>
+      <c r="F100" t="s">
+        <v>398</v>
+      </c>
+      <c r="G100" t="s">
         <v>399</v>
-      </c>
-[...13 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
         <v>2019</v>
       </c>
       <c r="B101" t="s">
+        <v>400</v>
+      </c>
+      <c r="C101" t="s">
+        <v>306</v>
+      </c>
+      <c r="D101" t="s">
+        <v>401</v>
+      </c>
+      <c r="E101" t="s">
+        <v>402</v>
+      </c>
+      <c r="F101" t="s">
         <v>403</v>
       </c>
-      <c r="C101" t="s">
+      <c r="G101" t="s">
         <v>404</v>
-      </c>
-[...10 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
         <v>2019</v>
       </c>
       <c r="B102" t="s">
+        <v>405</v>
+      </c>
+      <c r="C102" t="s">
+        <v>406</v>
+      </c>
+      <c r="D102" t="s">
+        <v>26</v>
+      </c>
+      <c r="E102" t="s">
+        <v>407</v>
+      </c>
+      <c r="F102" t="s">
         <v>408</v>
       </c>
-      <c r="C102" t="s">
+      <c r="G102" t="s">
         <v>409</v>
-      </c>
-[...10 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
         <v>2019</v>
       </c>
       <c r="B103" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="C103" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="D103" t="s">
-        <v>416</v>
+        <v>130</v>
       </c>
       <c r="E103" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="F103" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="G103" t="s">
-        <v>419</v>
+        <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
         <v>2019</v>
       </c>
       <c r="B104" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="C104" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="D104" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="E104" t="s">
-        <v>201</v>
+        <v>416</v>
       </c>
       <c r="F104" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="G104" t="s">
-        <v>12</v>
+        <v>418</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
         <v>2019</v>
       </c>
       <c r="B105" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C105" t="s">
-        <v>386</v>
+        <v>83</v>
       </c>
       <c r="D105" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E105" t="s">
-        <v>387</v>
+        <v>420</v>
       </c>
       <c r="F105" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="G105" t="s">
-        <v>12</v>
+        <v>422</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B106" t="s">
+        <v>423</v>
+      </c>
+      <c r="C106" t="s">
+        <v>424</v>
+      </c>
+      <c r="D106" t="s">
+        <v>68</v>
+      </c>
+      <c r="E106" t="s">
         <v>425</v>
       </c>
-      <c r="C106" t="s">
+      <c r="F106" t="s">
         <v>426</v>
       </c>
-      <c r="D106" t="s">
-[...2 lines deleted...]
-      <c r="E106" t="s">
+      <c r="G106" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B107" t="s">
+        <v>428</v>
+      </c>
+      <c r="C107" t="s">
         <v>429</v>
       </c>
-      <c r="C107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D107" t="s">
-        <v>20</v>
+        <v>430</v>
       </c>
       <c r="E107" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F107" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G107" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B108" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C108" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D108" t="s">
-        <v>94</v>
+        <v>436</v>
       </c>
       <c r="E108" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="F108" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="G108" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B109" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C109" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D109" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E109" t="s">
-        <v>430</v>
+        <v>220</v>
       </c>
       <c r="F109" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="G109" t="s">
-        <v>441</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B110" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C110" t="s">
-        <v>443</v>
+        <v>406</v>
       </c>
       <c r="D110" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="E110" t="s">
-        <v>435</v>
+        <v>407</v>
       </c>
       <c r="F110" t="s">
         <v>444</v>
       </c>
       <c r="G110" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
         <v>2018</v>
       </c>
       <c r="B111" t="s">
         <v>445</v>
       </c>
       <c r="C111" t="s">
         <v>446</v>
       </c>
       <c r="D111" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E111" t="s">
-        <v>52</v>
+        <v>447</v>
       </c>
       <c r="F111" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="G111" t="s">
-        <v>448</v>
+        <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112">
         <v>2018</v>
       </c>
       <c r="B112" t="s">
         <v>449</v>
       </c>
       <c r="C112" t="s">
-        <v>391</v>
+        <v>322</v>
       </c>
       <c r="D112" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>110</v>
+        <v>450</v>
       </c>
       <c r="F112" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G112" t="s">
-        <v>12</v>
+        <v>452</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113">
         <v>2018</v>
       </c>
       <c r="B113" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C113" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D113" t="s">
-        <v>57</v>
+        <v>98</v>
       </c>
       <c r="E113" t="s">
-        <v>58</v>
+        <v>455</v>
       </c>
       <c r="F113" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="G113" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114">
         <v>2018</v>
       </c>
       <c r="B114" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C114" t="s">
-        <v>338</v>
+        <v>459</v>
       </c>
       <c r="D114" t="s">
-        <v>67</v>
+        <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="F114" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="G114" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115">
         <v>2018</v>
       </c>
       <c r="B115" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="C115" t="s">
-        <v>61</v>
+        <v>463</v>
       </c>
       <c r="D115" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="E115" t="s">
-        <v>201</v>
+        <v>455</v>
       </c>
       <c r="F115" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="G115" t="s">
-        <v>461</v>
+        <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116">
         <v>2018</v>
       </c>
       <c r="B116" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C116" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D116" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="E116" t="s">
-        <v>145</v>
+        <v>53</v>
       </c>
       <c r="F116" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="G116" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117">
         <v>2018</v>
       </c>
       <c r="B117" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C117" t="s">
-        <v>370</v>
+        <v>411</v>
       </c>
       <c r="D117" t="s">
-        <v>67</v>
+        <v>130</v>
       </c>
       <c r="E117" t="s">
-        <v>467</v>
+        <v>131</v>
       </c>
       <c r="F117" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="G117" t="s">
-        <v>469</v>
+        <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118">
         <v>2018</v>
       </c>
       <c r="B118" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C118" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D118" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="E118" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="F118" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="G118" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B119" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C119" t="s">
-        <v>475</v>
+        <v>357</v>
       </c>
       <c r="D119" t="s">
-        <v>416</v>
+        <v>68</v>
       </c>
       <c r="E119" t="s">
         <v>476</v>
       </c>
       <c r="F119" t="s">
         <v>477</v>
       </c>
       <c r="G119" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B120" t="s">
         <v>479</v>
       </c>
       <c r="C120" t="s">
+        <v>62</v>
+      </c>
+      <c r="D120" t="s">
+        <v>26</v>
+      </c>
+      <c r="E120" t="s">
+        <v>220</v>
+      </c>
+      <c r="F120" t="s">
         <v>480</v>
       </c>
-      <c r="D120" t="s">
-[...5 lines deleted...]
-      <c r="F120" t="s">
+      <c r="G120" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B121" t="s">
+        <v>482</v>
+      </c>
+      <c r="C121" t="s">
         <v>483</v>
       </c>
-      <c r="C121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D121" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="E121" t="s">
-        <v>405</v>
+        <v>165</v>
       </c>
       <c r="F121" t="s">
         <v>484</v>
       </c>
       <c r="G121" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B122" t="s">
-        <v>470</v>
+        <v>486</v>
       </c>
       <c r="C122" t="s">
-        <v>152</v>
+        <v>390</v>
       </c>
       <c r="D122" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="E122" t="s">
-        <v>52</v>
+        <v>487</v>
       </c>
       <c r="F122" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="G122" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B123" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C123" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D123" t="s">
-        <v>490</v>
+        <v>52</v>
       </c>
       <c r="E123" t="s">
-        <v>491</v>
+        <v>53</v>
       </c>
       <c r="F123" t="s">
         <v>492</v>
       </c>
       <c r="G123" t="s">
-        <v>12</v>
+        <v>493</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
         <v>2017</v>
       </c>
       <c r="B124" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C124" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D124" t="s">
-        <v>109</v>
+        <v>436</v>
       </c>
       <c r="E124" t="s">
-        <v>110</v>
+        <v>496</v>
       </c>
       <c r="F124" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G124" t="s">
-        <v>12</v>
+        <v>498</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
         <v>2017</v>
       </c>
       <c r="B125" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C125" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="D125" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="E125" t="s">
-        <v>52</v>
+        <v>425</v>
       </c>
       <c r="F125" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="G125" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
         <v>2017</v>
       </c>
       <c r="B126" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C126" t="s">
-        <v>501</v>
+        <v>357</v>
       </c>
       <c r="D126" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E126" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="F126" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="G126" t="s">
-        <v>12</v>
+        <v>505</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
         <v>2017</v>
       </c>
       <c r="B127" t="s">
-        <v>503</v>
+        <v>490</v>
       </c>
       <c r="C127" t="s">
-        <v>504</v>
+        <v>172</v>
       </c>
       <c r="D127" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="E127" t="s">
-        <v>435</v>
+        <v>53</v>
       </c>
       <c r="F127" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="G127" t="s">
-        <v>12</v>
+        <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
         <v>2017</v>
       </c>
       <c r="B128" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C128" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D128" t="s">
-        <v>109</v>
+        <v>510</v>
       </c>
       <c r="E128" t="s">
-        <v>110</v>
+        <v>511</v>
       </c>
       <c r="F128" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="G128" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
         <v>2017</v>
       </c>
       <c r="B129" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="C129" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="D129" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="E129" t="s">
-        <v>201</v>
+        <v>131</v>
       </c>
       <c r="F129" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="G129" t="s">
-        <v>512</v>
+        <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130">
         <v>2017</v>
       </c>
       <c r="B130" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C130" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="D130" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="E130" t="s">
-        <v>515</v>
+        <v>53</v>
       </c>
       <c r="F130" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="G130" t="s">
-        <v>12</v>
+        <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131">
         <v>2017</v>
       </c>
       <c r="B131" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C131" t="s">
-        <v>179</v>
+        <v>521</v>
       </c>
       <c r="D131" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="E131" t="s">
-        <v>245</v>
+        <v>425</v>
       </c>
       <c r="F131" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="G131" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132">
         <v>2017</v>
       </c>
       <c r="B132" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="C132" t="s">
-        <v>415</v>
+        <v>524</v>
       </c>
       <c r="D132" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="E132" t="s">
-        <v>201</v>
+        <v>455</v>
       </c>
       <c r="F132" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="G132" t="s">
-        <v>521</v>
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133">
         <v>2017</v>
       </c>
       <c r="B133" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="C133" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="D133" t="s">
-        <v>25</v>
+        <v>130</v>
       </c>
       <c r="E133" t="s">
-        <v>201</v>
+        <v>131</v>
       </c>
       <c r="F133" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="G133" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B134" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="C134" t="s">
-        <v>404</v>
+        <v>530</v>
       </c>
       <c r="D134" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="E134" t="s">
-        <v>405</v>
+        <v>220</v>
       </c>
       <c r="F134" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="G134" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B135" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="C135" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="D135" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E135" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="F135" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="G135" t="s">
-        <v>531</v>
+        <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B136" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C136" t="s">
-        <v>533</v>
+        <v>199</v>
       </c>
       <c r="D136" t="s">
-        <v>109</v>
+        <v>63</v>
       </c>
       <c r="E136" t="s">
-        <v>110</v>
+        <v>264</v>
       </c>
       <c r="F136" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="G136" t="s">
-        <v>535</v>
+        <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B137" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C137" t="s">
-        <v>537</v>
+        <v>435</v>
       </c>
       <c r="D137" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="E137" t="s">
-        <v>396</v>
+        <v>220</v>
       </c>
       <c r="F137" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="G137" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B138" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C138" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D138" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="E138" t="s">
-        <v>542</v>
+        <v>220</v>
       </c>
       <c r="F138" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="G138" t="s">
-        <v>544</v>
+        <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139">
         <v>2016</v>
       </c>
       <c r="B139" t="s">
         <v>545</v>
       </c>
       <c r="C139" t="s">
+        <v>424</v>
+      </c>
+      <c r="D139" t="s">
+        <v>68</v>
+      </c>
+      <c r="E139" t="s">
+        <v>425</v>
+      </c>
+      <c r="F139" t="s">
         <v>546</v>
       </c>
-      <c r="D139" t="s">
-[...2 lines deleted...]
-      <c r="E139" t="s">
+      <c r="G139" t="s">
         <v>547</v>
-      </c>
-[...4 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140">
         <v>2016</v>
       </c>
       <c r="B140" t="s">
+        <v>548</v>
+      </c>
+      <c r="C140" t="s">
+        <v>549</v>
+      </c>
+      <c r="D140" t="s">
+        <v>58</v>
+      </c>
+      <c r="E140" t="s">
+        <v>535</v>
+      </c>
+      <c r="F140" t="s">
         <v>550</v>
       </c>
-      <c r="C140" t="s">
+      <c r="G140" t="s">
         <v>551</v>
-      </c>
-[...10 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
         <v>2016</v>
       </c>
       <c r="B141" t="s">
+        <v>552</v>
+      </c>
+      <c r="C141" t="s">
+        <v>553</v>
+      </c>
+      <c r="D141" t="s">
+        <v>130</v>
+      </c>
+      <c r="E141" t="s">
+        <v>131</v>
+      </c>
+      <c r="F141" t="s">
         <v>554</v>
       </c>
-      <c r="C141" t="s">
+      <c r="G141" t="s">
         <v>555</v>
-      </c>
-[...10 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
         <v>2016</v>
       </c>
       <c r="B142" t="s">
+        <v>556</v>
+      </c>
+      <c r="C142" t="s">
+        <v>557</v>
+      </c>
+      <c r="D142" t="s">
+        <v>58</v>
+      </c>
+      <c r="E142" t="s">
+        <v>416</v>
+      </c>
+      <c r="F142" t="s">
         <v>558</v>
       </c>
-      <c r="C142" t="s">
+      <c r="G142" t="s">
         <v>559</v>
-      </c>
-[...10 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143">
         <v>2016</v>
       </c>
       <c r="B143" t="s">
+        <v>560</v>
+      </c>
+      <c r="C143" t="s">
+        <v>561</v>
+      </c>
+      <c r="D143" t="s">
+        <v>204</v>
+      </c>
+      <c r="E143" t="s">
         <v>562</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F143" t="s">
         <v>563</v>
       </c>
       <c r="G143" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144">
         <v>2016</v>
       </c>
       <c r="B144" t="s">
         <v>565</v>
       </c>
       <c r="C144" t="s">
         <v>566</v>
       </c>
       <c r="D144" t="s">
+        <v>9</v>
+      </c>
+      <c r="E144" t="s">
         <v>567</v>
       </c>
-      <c r="E144" t="s">
+      <c r="F144" t="s">
         <v>568</v>
       </c>
-      <c r="F144" t="s">
+      <c r="G144" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145">
         <v>2016</v>
       </c>
       <c r="B145" t="s">
+        <v>570</v>
+      </c>
+      <c r="C145" t="s">
         <v>571</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
+        <v>52</v>
+      </c>
+      <c r="E145" t="s">
+        <v>53</v>
+      </c>
+      <c r="F145" t="s">
         <v>572</v>
       </c>
-      <c r="D145" t="s">
-[...5 lines deleted...]
-      <c r="F145" t="s">
+      <c r="G145" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
         <v>2016</v>
       </c>
       <c r="B146" t="s">
+        <v>574</v>
+      </c>
+      <c r="C146" t="s">
         <v>575</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>450</v>
+      </c>
+      <c r="F146" t="s">
         <v>576</v>
       </c>
-      <c r="D146" t="s">
-[...2 lines deleted...]
-      <c r="E146" t="s">
+      <c r="G146" t="s">
         <v>577</v>
-      </c>
-[...4 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
         <v>2016</v>
       </c>
       <c r="B147" t="s">
+        <v>578</v>
+      </c>
+      <c r="C147" t="s">
+        <v>579</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>450</v>
+      </c>
+      <c r="F147" t="s">
         <v>580</v>
       </c>
-      <c r="C147" t="s">
+      <c r="G147" t="s">
         <v>581</v>
-      </c>
-[...10 lines deleted...]
-        <v>583</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148">
         <v>2016</v>
       </c>
       <c r="B148" t="s">
+        <v>582</v>
+      </c>
+      <c r="C148" t="s">
+        <v>62</v>
+      </c>
+      <c r="D148" t="s">
+        <v>130</v>
+      </c>
+      <c r="E148" t="s">
+        <v>131</v>
+      </c>
+      <c r="F148" t="s">
+        <v>583</v>
+      </c>
+      <c r="G148" t="s">
         <v>584</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B149" t="s">
+        <v>585</v>
+      </c>
+      <c r="C149" t="s">
+        <v>586</v>
+      </c>
+      <c r="D149" t="s">
         <v>587</v>
       </c>
-      <c r="C149" t="s">
+      <c r="E149" t="s">
         <v>588</v>
       </c>
-      <c r="D149" t="s">
-[...2 lines deleted...]
-      <c r="E149" t="s">
+      <c r="F149" t="s">
         <v>589</v>
       </c>
-      <c r="F149" t="s">
+      <c r="G149" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B150" t="s">
+        <v>591</v>
+      </c>
+      <c r="C150" t="s">
         <v>592</v>
       </c>
-      <c r="C150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" t="s">
-        <v>109</v>
+        <v>52</v>
       </c>
       <c r="E150" t="s">
-        <v>110</v>
+        <v>53</v>
       </c>
       <c r="F150" t="s">
         <v>593</v>
       </c>
       <c r="G150" t="s">
-        <v>12</v>
+        <v>594</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B151" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C151" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D151" t="s">
-        <v>15</v>
+        <v>130</v>
       </c>
       <c r="E151" t="s">
-        <v>145</v>
+        <v>597</v>
       </c>
       <c r="F151" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="G151" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B152" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C152" t="s">
-        <v>446</v>
+        <v>601</v>
       </c>
       <c r="D152" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="E152" t="s">
-        <v>110</v>
+        <v>220</v>
       </c>
       <c r="F152" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="G152" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B153" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C153" t="s">
-        <v>537</v>
+        <v>605</v>
       </c>
       <c r="D153" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>396</v>
+        <v>450</v>
       </c>
       <c r="F153" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="G153" t="s">
-        <v>603</v>
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
         <v>2015</v>
       </c>
       <c r="B154" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="C154" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="D154" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E154" t="s">
-        <v>201</v>
+        <v>609</v>
       </c>
       <c r="F154" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="G154" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
         <v>2015</v>
       </c>
       <c r="B155" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C155" t="s">
-        <v>395</v>
+        <v>514</v>
       </c>
       <c r="D155" t="s">
-        <v>20</v>
+        <v>130</v>
       </c>
       <c r="E155" t="s">
-        <v>430</v>
+        <v>131</v>
       </c>
       <c r="F155" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="G155" t="s">
-        <v>610</v>
+        <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
         <v>2015</v>
       </c>
       <c r="B156" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="C156" t="s">
-        <v>303</v>
+        <v>615</v>
       </c>
       <c r="D156" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" t="s">
+        <v>165</v>
+      </c>
+      <c r="F156" t="s">
+        <v>616</v>
+      </c>
+      <c r="G156" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7">
+      <c r="A157">
+        <v>2015</v>
+      </c>
+      <c r="B157" t="s">
+        <v>618</v>
+      </c>
+      <c r="C157" t="s">
+        <v>466</v>
+      </c>
+      <c r="D157" t="s">
+        <v>130</v>
+      </c>
+      <c r="E157" t="s">
+        <v>131</v>
+      </c>
+      <c r="F157" t="s">
+        <v>619</v>
+      </c>
+      <c r="G157" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7">
+      <c r="A158">
+        <v>2015</v>
+      </c>
+      <c r="B158" t="s">
+        <v>621</v>
+      </c>
+      <c r="C158" t="s">
+        <v>557</v>
+      </c>
+      <c r="D158" t="s">
+        <v>58</v>
+      </c>
+      <c r="E158" t="s">
+        <v>416</v>
+      </c>
+      <c r="F158" t="s">
+        <v>622</v>
+      </c>
+      <c r="G158" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7">
+      <c r="A159">
+        <v>2015</v>
+      </c>
+      <c r="B159" t="s">
+        <v>624</v>
+      </c>
+      <c r="C159" t="s">
+        <v>625</v>
+      </c>
+      <c r="D159" t="s">
+        <v>26</v>
+      </c>
+      <c r="E159" t="s">
+        <v>220</v>
+      </c>
+      <c r="F159" t="s">
+        <v>626</v>
+      </c>
+      <c r="G159" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7">
+      <c r="A160">
+        <v>2015</v>
+      </c>
+      <c r="B160" t="s">
+        <v>628</v>
+      </c>
+      <c r="C160" t="s">
+        <v>415</v>
+      </c>
+      <c r="D160" t="s">
         <v>20</v>
       </c>
-      <c r="E156" t="s">
-[...63 lines deleted...]
-        <v>12</v>
+      <c r="E160" t="s">
+        <v>450</v>
+      </c>
+      <c r="F160" t="s">
+        <v>629</v>
+      </c>
+      <c r="G160" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7">
+      <c r="A161">
+        <v>2015</v>
+      </c>
+      <c r="B161" t="s">
+        <v>631</v>
+      </c>
+      <c r="C161" t="s">
+        <v>322</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>450</v>
+      </c>
+      <c r="F161" t="s">
+        <v>632</v>
+      </c>
+      <c r="G161" t="s">
+        <v>633</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>