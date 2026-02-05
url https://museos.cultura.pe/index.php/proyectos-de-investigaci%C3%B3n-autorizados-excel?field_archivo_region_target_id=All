--- v1 (2025-12-14)
+++ v2 (2026-02-05)
@@ -12,91 +12,121 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Archivos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="634">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="648">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Nombre del Proyecto</t>
   </si>
   <si>
     <t>Director</t>
   </si>
   <si>
     <t>Región</t>
   </si>
   <si>
     <t>Museo/Depósito</t>
   </si>
   <si>
     <t>Resolución de autorización</t>
   </si>
   <si>
     <t>Resolución Informe Final</t>
   </si>
   <si>
+    <t>"Del PIA Chira temporada de campo 2023"</t>
+  </si>
+  <si>
+    <t>Dra. Gabriela Cervantes Quequezana</t>
+  </si>
+  <si>
+    <t>Piura</t>
+  </si>
+  <si>
+    <t>Depósito de la DDC Piura</t>
+  </si>
+  <si>
+    <t>RD N° 000001-2026-DGM-VMPCIC/MC (09ENE2026)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>“Segunda parte del proyecto: una exploración de las relaciones funerarias entre los restos de cetáceos y el perfil biológico y social de los individuos humanos de la tumba paracas cavernas n12 de Cerro Colorado para el formativo tardío”;</t>
+  </si>
+  <si>
+    <t>Mag. Luisa del Rosario Hinostroza García</t>
+  </si>
+  <si>
+    <t>Ica</t>
+  </si>
+  <si>
+    <t>Museo Regional de Ica “Adolfo Bermúdez Jenkins”</t>
+  </si>
+  <si>
+    <t>RD N° 000002-2026-DGM-VMPCIC/MC (14ENE2026)</t>
+  </si>
+  <si>
     <t>Estudio de Intensificación agrícola prehispánica a través del Análisis isotópico de restos vegetales y animales de la costa norte del Perú</t>
   </si>
   <si>
     <t>Lic. Estuardo José Félix La Torre Calvera</t>
   </si>
   <si>
     <t>Lambayeque</t>
   </si>
   <si>
     <t>Museo Cao, Museo de Sitio San José de Moro, Huaca Arco Iris, Museo Tumbas Reales de Sipán, Museo Nacional Sicán, Museo de Sitio de Túcume, Museo de Sitio Chotuna Chornancap, Museo Regional de Casma “Max Uhle” y Área de Manejo de Colecciones</t>
   </si>
   <si>
     <t>RD N° 001-2025-DGM-VMPCIC/MC (09ENE2025)</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>Investigaciones Patogenómicas de los Peruanos Antiguos</t>
   </si>
   <si>
     <t>Dra. Sonia Elizabeth Guillén Oneeglio y Dra. Evelyn Karin Guevara Torres</t>
   </si>
   <si>
     <t>Amazonas</t>
   </si>
   <si>
     <t>Museo de Leymebamba y Centro Mallqui</t>
   </si>
   <si>
     <t>RD N° 002-2025-DGM-VMPCIC/MC (10ENE2025)</t>
   </si>
   <si>
     <t>Proyecto Bioarqueológico para Determinar las Relaciones entre los Sacrificios Chimú (950 – 1470 d.C.) de los sitios arqueológicos Huanchaquito Las Llamas y El Pollo con  otras poblaciones contemporáneas de la costa norte del Perú</t>
   </si>
   <si>
     <t>Ph.D. Richard Carlton Sutter y Lic. Luis Alberto Flores de la Oliva</t>
   </si>
   <si>
     <t>La Libertad</t>
   </si>
   <si>
     <t>Depósitos de la Huaca Arco Iris</t>
@@ -170,53 +200,50 @@
   <si>
     <t>Dr. Peter Albert Eeckhout</t>
   </si>
   <si>
     <t>RD Nº 033-2025-DGM/VMPCIC/MC (13MAY2025)</t>
   </si>
   <si>
     <t>Estudio bioarqueológico de los espacios funerarios Chachapoyas (Amazonas)</t>
   </si>
   <si>
     <t>Mag. Elisa Dieudonné</t>
   </si>
   <si>
     <t>Depósitos de la Dirección Desconcentrada de Cultura de Amazonas</t>
   </si>
   <si>
     <t>RD Nº 038-2025-DGM-VMPCIC/MC (30MAY2025)</t>
   </si>
   <si>
     <t>Proyecto de Investigación de Colecciones y Fondos Museográficos Administrados por el Ministerio de Cultura “Estudio paleogenómico de la coevolución del frijol y sus simbiontes durante la domesticación";</t>
   </si>
   <si>
     <t>Mag. George Edward Chauca Iparraguirre</t>
   </si>
   <si>
-    <t>Ica</t>
-[...1 lines deleted...]
-  <si>
     <t>Museo Regional de Ica "Adolfo Bermúdez Jenkins"</t>
   </si>
   <si>
     <t>RD Nº 0040-2025-DGM/VMPCIC/MC (09JUN2025)</t>
   </si>
   <si>
     <t>RD N° 055-2025-DGM-VMPCIC/MC (18JUL2025)</t>
   </si>
   <si>
     <t>Descifrando contextos funerarios de Chavín de Huántar y su posible relación con relatos sobre la muerte de soldados chilenos durante la Guerra del Pacífico (1879- 1883)</t>
   </si>
   <si>
     <t>Lic. Sussy Lucero Sánchez Lozada,</t>
   </si>
   <si>
     <t>Áncash</t>
   </si>
   <si>
     <t>Museo Nacional Chavín</t>
   </si>
   <si>
     <t>RD N° 00043-2025-DGM-VMPCIC/MC (11JUN2025)</t>
   </si>
   <si>
     <t>Proyecto de investigación de los materiales arqueológicos Callacpuma-Cajamarca</t>
@@ -278,104 +305,107 @@
   <si>
     <t>Depósito de la DDC La Libertad</t>
   </si>
   <si>
     <t>RD N° 000050-2025-DGM-VMPCIC/MC (10JUL2025)</t>
   </si>
   <si>
     <t>Momias como Microcosmos: Análisis integrado de fardos prehispánicos de Puruchuco</t>
   </si>
   <si>
     <t>Dra. Lucia Clarisa Watson Jiménez</t>
   </si>
   <si>
     <t>Área de Manejo de Colecciones de la sede central del Ministerio de Cultura</t>
   </si>
   <si>
     <t>RD N° 000052-2025-DGM-VMPCIC/MC (15JUL2025)</t>
   </si>
   <si>
     <t>Proyecto de investigación arqueológica Samaca (PIA Samaca) – fibras y restos de fauna pre cerámicos</t>
   </si>
   <si>
     <t>Mag. Margot Rose Marie Serra Serra</t>
   </si>
   <si>
-    <t>Museo Regional de Ica “Adolfo Bermúdez Jenkins”</t>
-[...1 lines deleted...]
-  <si>
     <t>RD N° 000054-2025-DGM-VMPCIC/MC (16JUL2025)</t>
   </si>
   <si>
     <t>RD N° 068-2025-DGM-VMPCIC/MC (29SET2025)</t>
   </si>
   <si>
     <t>“Proyecto de Investigación Bio-Arqueológica de Sancos – temporada 2025”</t>
   </si>
   <si>
     <t>Lic. Lorena Liz Rolando Espinoza</t>
   </si>
   <si>
     <t>Ayacucho</t>
   </si>
   <si>
     <t>Depósito de la Dirección Desconcentrada de Cultura Ayacucho</t>
   </si>
   <si>
     <t>RD N° 000053-2025-DGM-VMPCIC/MC (15JUL2025)</t>
   </si>
   <si>
     <t>Proyecto de Investigación sobre la conservación de cuerpos humanos de contextos de capacocha, procedentes de la colección del Museo Santuarios Andinos, Arequipa</t>
   </si>
   <si>
     <t>Lic. Winnie Celeste Martínez Sulca</t>
   </si>
   <si>
     <t>Arequipa</t>
   </si>
   <si>
     <t>Museo Santuarios Andinos</t>
   </si>
   <si>
     <t>RD N° 000058-2025-DGM-VMPCIC/MC (31JUL2025)</t>
   </si>
   <si>
     <t>Caracterización arqueométrica de restos de loros de los Andes precolombinos</t>
   </si>
   <si>
     <t>Museo Regional de Ica “Adolfo Bermúdez Jenkins"</t>
   </si>
   <si>
     <t>RD N° 000062-2025-DGM-VMPCIC/MC (03SET2025)</t>
   </si>
   <si>
+    <t>RD N° 086-2025-DGM-VMPCIC/MC (22DIC2025)</t>
+  </si>
+  <si>
     <t>Análisis de ADN antiguo de la historia poblacional y adaptación de las poblaciones antiguas del valle de Osmore, Moquegua, Perú</t>
   </si>
   <si>
     <t>Mag. Maxine McCarty</t>
   </si>
   <si>
+    <t>Moquegua</t>
+  </si>
+  <si>
     <t>Museo Contisuyo, Centro Mallqui</t>
   </si>
   <si>
     <t>RD N° 000063-2025-DGM-VMPCIC/MC (04SET2025)</t>
   </si>
   <si>
     <t>Muestras de suelo del Proyecto Arqueológico Pukaras del Colca 2013 para realizar estudios paleobotánicos</t>
   </si>
   <si>
     <t>Lic. Manuel Ángel Mamani Calloapaza</t>
   </si>
   <si>
     <t>Depósito de la DDC Arequipa</t>
   </si>
   <si>
     <t>RD N° 000057-2025-DGM-VMPCIC/MC (21JUL2025)</t>
   </si>
   <si>
     <t>RD N° 078-2025-DGM-VMPCIC/MC (12NOV2025)</t>
   </si>
   <si>
     <t>Proyecto de investigación de colecciones y fondos museográficos Ánimas Altas/ Ánimas Bajas 2025"</t>
   </si>
   <si>
     <t>Dra. Aïcha Bachir Bacha</t>
@@ -398,59 +428,77 @@
   <si>
     <t>“Proyecto de Investigación de la colección del material arqueológico del sitio arqueológico Las Juntas-Bagua”</t>
   </si>
   <si>
     <t>Mg. Irvin Luciano Navarro Amaro</t>
   </si>
   <si>
     <t>Depósito de la DDC Amazonas</t>
   </si>
   <si>
     <t>RD N° 000073-2025-DGM-VMPCIC/MC (03NOV2025)</t>
   </si>
   <si>
     <t>“Proyecto de Investigación de la Colección de Cerámica Fragmentada del Kusikancha en el Gabinete de Elementos Muestrales de la Dirección Desconcentrada de Cultura Cusco”</t>
   </si>
   <si>
     <t>LIc. Damner Aparicio Chuyacama</t>
   </si>
   <si>
     <t>Gabinete de Elementos Muestrales y Colecciones de la Dirección Desconcentrada de Cultura del Cusco</t>
   </si>
   <si>
     <t>RD N° 000082-2025-DGM-VMPCIC/MC (05DIC2025)</t>
   </si>
   <si>
+    <t>“Estudio multidisciplinario de la colección del Museo Santuarios Andinos-Arequipa”;</t>
+  </si>
+  <si>
+    <t>Dra. Dominika Sieczkowska-Jacyna</t>
+  </si>
+  <si>
+    <t>RD N° 000084-2025-DGM-VMPCIC/MC (16DIC2025)</t>
+  </si>
+  <si>
+    <t>“Patologías dentales como indicadores dietéticos: análisis bioarqueológico de los individuos recuperados de la Huaca Pucllana”</t>
+  </si>
+  <si>
+    <t>Lic. Diego Alonso Cabrera Pacheco</t>
+  </si>
+  <si>
+    <t>Museo de Sitio Pucllana</t>
+  </si>
+  <si>
+    <t>RD N° 000085-2025-DGM-VMPCIC/MC (22DIC2025)</t>
+  </si>
+  <si>
     <t>Evolución y diversidad genética del maíz (Zea Mays) prehispánico en el valle de Moquegua, Perú</t>
   </si>
   <si>
     <t>Dra. Sarah Irmelin Baitzel</t>
   </si>
   <si>
-    <t>Moquegua</t>
-[...1 lines deleted...]
-  <si>
     <t>Museo Contisuyo</t>
   </si>
   <si>
     <t>RD N° 008-2024-DGM-VMPCIC-MC (31ENE2024)</t>
   </si>
   <si>
     <t>Caracterización química de pigmentos de la cerámica del Periodo Intermedio Tardío y Horizonte Tardío (Temporadas 1999 y 2002), mediante FRXp y LIBS del Sitio Arqueológico Choquepukio, Cuenca de Lucre, Cusco</t>
   </si>
   <si>
     <t>Dra. Celina Luizar Obregón, Bach. Sandra Pierina Villena Sulli</t>
   </si>
   <si>
     <t>RD Nº 021-2024-DGM/VMPCIC/MC (08MAR2024)</t>
   </si>
   <si>
     <t>RD N° 029-2025-DGM-VMPCIC/MC (28MAR2025)</t>
   </si>
   <si>
     <t>Los personajes en la cultura Cajamarca desde el sitio arqueológico Iscoconga</t>
   </si>
   <si>
     <t>Dra. Solsire Natali Cusicanqui Marsano</t>
   </si>
   <si>
     <t>Depósitos Direción Desconcentrada de Cultura de Cajamarca</t>
@@ -602,75 +650,69 @@
   <si>
     <t>RD N° 090-2024-DGM-VMPCIC/MC (08AGO2024)</t>
   </si>
   <si>
     <t>Proyecto de investigación y análisis de muestras arqueológicas del Proyecto de Rescate Arqueológico Zafranal</t>
   </si>
   <si>
     <t>Lic. Luis Edinson Villegas Ortega</t>
   </si>
   <si>
     <t>Tambo Cultura Yarabamba</t>
   </si>
   <si>
     <t>RD N° 0091-2024-DGM-VMPCIC/MC (12AGO2024)</t>
   </si>
   <si>
     <t>RD N° 066-2025-DGM-VMPCIC/MC (17SET2025)</t>
   </si>
   <si>
     <t>El estatus social de los Wari de la Huaca Pucllana durante el Horizonte Medio, una aproximación desde las chuspas y unkus</t>
   </si>
   <si>
     <t>Dr. Jorge Elías Tercero Silva Sifuentes, Bach. Estefany Victoria Campos Arrieta</t>
   </si>
   <si>
-    <t>Museo de Sitio Pucllana</t>
-[...1 lines deleted...]
-  <si>
     <t>RD N° 092-2024-DGM-VMPCIC/MC (13AGO2024)</t>
   </si>
   <si>
     <t>Proyecto de investigación y análisis de material óseo humano y animal de los sitios arqueológicos Ingatambo, Yerma, Cañariaco y El Turuco 2024</t>
   </si>
   <si>
     <t>Dr. Atsushi Yamamoto</t>
   </si>
   <si>
     <t>RD N° 093-2024-DGM-VMPCIC/MC (14AGO2024)</t>
   </si>
   <si>
     <t>RD N° 042-20245-DGM-VMPCIC/MC (09JUN2025)</t>
   </si>
   <si>
     <t>Proyecto de Investigación de Colecciones y Fondos museográficos administrados por el Ministerio de Cultura de los materiales arqueológicos procedentes del Proyecto de Investigación Arqueológica Proyecto Arqueológico de la Prehistoria de Ayabaca [PAPAYA]</t>
   </si>
   <si>
     <t>Lic. Dennis Nicolás Lorenzo</t>
-  </si>
-[...1 lines deleted...]
-    <t>Piura</t>
   </si>
   <si>
     <t>Depósitos de Dirección Desconcentrada de Cultura de Piura</t>
   </si>
   <si>
     <t>RD N° 098-2024-DGM-VMPCIC-MC (28AGO2024)</t>
   </si>
   <si>
     <t>RD N° 047-2025-DGM-VMPCIC-MC (20JUN2025)</t>
   </si>
   <si>
     <t>Proyecto de Investigación de Colecciones y Fondos Museográficos Administrados por el Ministerio de Cultura “Collaguas Antiguos”</t>
   </si>
   <si>
     <t>Tambo Cultural Yarabamba</t>
   </si>
   <si>
     <t>RD Nº 081-2024-DGM/VMPCIC/MC (04JUL2024)</t>
   </si>
   <si>
     <t>Análisis Funcionales de las Vasijas de la Tumba 1 (Señor de Sipán), Tumba 2 (El Sacerdote), Tumba 3 (El Viejo Señor de Sipán) y Repositorios 1, 2, 3 y 4 de Sipán</t>
   </si>
   <si>
     <t>RD Nº 086-2024-DGM/VMPCIC/MC (25JUL2024)</t>
   </si>
@@ -2257,3760 +2299,3856 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G161"/>
+  <dimension ref="A1:G165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="299" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="102" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="284" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="74" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="51" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>25</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>26</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" t="s">
         <v>29</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G6" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
         <v>35</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>2025</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="E11" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F11" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>2025</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>2025</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
         <v>57</v>
       </c>
       <c r="D13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" t="s">
         <v>58</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>2025</v>
       </c>
       <c r="B14" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" t="s">
         <v>61</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
         <v>62</v>
       </c>
-      <c r="D14" t="s">
+      <c r="F14" t="s">
         <v>63</v>
       </c>
-      <c r="E14" t="s">
+      <c r="G14" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>2025</v>
       </c>
       <c r="B15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" t="s">
         <v>66</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>67</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>68</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>2025</v>
       </c>
       <c r="B16" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" t="s">
         <v>71</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>73</v>
       </c>
       <c r="F16" t="s">
         <v>74</v>
       </c>
       <c r="G16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>2025</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
       <c r="C17" t="s">
         <v>76</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>77</v>
+      </c>
       <c r="E17" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="F17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>2025</v>
       </c>
       <c r="B18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F18" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G18" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>2025</v>
       </c>
       <c r="B19" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C19" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="D19"/>
       <c r="E19" t="s">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="F19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G19" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>2025</v>
       </c>
       <c r="B20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F20" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G20" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
         <v>2025</v>
       </c>
       <c r="B21" t="s">
         <v>91</v>
       </c>
       <c r="C21" t="s">
         <v>92</v>
       </c>
       <c r="D21" t="s">
+        <v>36</v>
+      </c>
+      <c r="E21" t="s">
         <v>93</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
         <v>2025</v>
       </c>
       <c r="B22" t="s">
+        <v>95</v>
+      </c>
+      <c r="C22" t="s">
         <v>96</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" t="s">
+        <v>16</v>
+      </c>
+      <c r="F22" t="s">
         <v>97</v>
       </c>
-      <c r="D22" t="s">
+      <c r="G22" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>2025</v>
       </c>
       <c r="B23" t="s">
+        <v>99</v>
+      </c>
+      <c r="C23" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E23" t="s">
         <v>102</v>
       </c>
       <c r="F23" t="s">
         <v>103</v>
       </c>
       <c r="G23" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>2025</v>
       </c>
       <c r="B24" t="s">
         <v>104</v>
       </c>
       <c r="C24" t="s">
         <v>105</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>106</v>
+      </c>
       <c r="E24" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F24" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G24" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>2025</v>
       </c>
       <c r="B25" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C25" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>61</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
       <c r="E25" t="s">
         <v>110</v>
       </c>
       <c r="F25" t="s">
         <v>111</v>
       </c>
       <c r="G25" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
         <v>2025</v>
       </c>
       <c r="B26" t="s">
         <v>113</v>
       </c>
       <c r="C26" t="s">
         <v>114</v>
       </c>
       <c r="D26" t="s">
-        <v>52</v>
+        <v>115</v>
       </c>
       <c r="E26" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="F26" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G26" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>2025</v>
       </c>
       <c r="B27" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C27" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="D27"/>
       <c r="E27" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F27" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G27" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>2025</v>
       </c>
       <c r="B28" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C28" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D28"/>
+        <v>124</v>
+      </c>
+      <c r="D28" t="s">
+        <v>15</v>
+      </c>
       <c r="E28" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="F28" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>2025</v>
       </c>
       <c r="B29" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C29" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D29" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E29" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F29" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B30" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C30" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D30" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="E30" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F30" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G30" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B31" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C31" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D31" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="E31" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="F31" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G31" t="s">
-        <v>136</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B32" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C32" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D32" t="s">
-        <v>63</v>
+        <v>106</v>
       </c>
       <c r="E32" t="s">
-        <v>139</v>
+        <v>107</v>
       </c>
       <c r="F32" t="s">
         <v>140</v>
       </c>
       <c r="G32" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B33" t="s">
         <v>141</v>
       </c>
       <c r="C33" t="s">
         <v>142</v>
       </c>
       <c r="D33" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E33" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="F33" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G33" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>2024</v>
       </c>
       <c r="B34" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C34" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D34" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="E34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F34" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G34" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>2024</v>
       </c>
       <c r="B35" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C35" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D35" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="E35" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="F35" t="s">
         <v>151</v>
       </c>
       <c r="G35" t="s">
-        <v>12</v>
+        <v>152</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>2024</v>
       </c>
       <c r="B36" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C36" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D36" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="E36" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F36" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G36" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
         <v>2024</v>
       </c>
       <c r="B37" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C37" t="s">
-        <v>62</v>
+        <v>158</v>
       </c>
       <c r="D37" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="E37" t="s">
-        <v>157</v>
+        <v>37</v>
       </c>
       <c r="F37" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G37" t="s">
-        <v>159</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
         <v>2024</v>
       </c>
       <c r="B38" t="s">
         <v>160</v>
       </c>
       <c r="C38" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="E38" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F38" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G38" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
         <v>2024</v>
       </c>
       <c r="B39" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C39" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D39" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="E39" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F39" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G39" t="s">
-        <v>167</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>2024</v>
       </c>
       <c r="B40" t="s">
         <v>168</v>
       </c>
       <c r="C40" t="s">
         <v>169</v>
       </c>
       <c r="D40" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="E40" t="s">
-        <v>21</v>
+        <v>170</v>
       </c>
       <c r="F40" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>2024</v>
       </c>
       <c r="B41" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C41" t="s">
-        <v>172</v>
+        <v>71</v>
       </c>
       <c r="D41" t="s">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="E41" t="s">
-        <v>53</v>
+        <v>173</v>
       </c>
       <c r="F41" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G41" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>2024</v>
       </c>
       <c r="B42" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C42" t="s">
-        <v>79</v>
+        <v>161</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>21</v>
+        <v>177</v>
       </c>
       <c r="F42" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G42" t="s">
-        <v>177</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>2024</v>
       </c>
       <c r="B43" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C43" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D43" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="E43" t="s">
-        <v>53</v>
+        <v>181</v>
       </c>
       <c r="F43" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="G43" t="s">
-        <v>12</v>
+        <v>183</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
         <v>2024</v>
       </c>
       <c r="B44" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C44" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D44" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E44" t="s">
-        <v>183</v>
+        <v>31</v>
       </c>
       <c r="F44" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="G44" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
         <v>2024</v>
       </c>
       <c r="B45" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C45" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D45" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E45" t="s">
-        <v>187</v>
+        <v>62</v>
       </c>
       <c r="F45" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G45" t="s">
-        <v>12</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
         <v>2024</v>
       </c>
       <c r="B46" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C46" t="s">
-        <v>190</v>
+        <v>88</v>
       </c>
       <c r="D46" t="s">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="E46" t="s">
-        <v>191</v>
+        <v>31</v>
       </c>
       <c r="F46" t="s">
         <v>192</v>
       </c>
       <c r="G46" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>2024</v>
       </c>
       <c r="B47" t="s">
         <v>194</v>
       </c>
       <c r="C47" t="s">
         <v>195</v>
       </c>
       <c r="D47" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E47" t="s">
+        <v>62</v>
+      </c>
+      <c r="F47" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="G47" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>2024</v>
       </c>
       <c r="B48" t="s">
+        <v>197</v>
+      </c>
+      <c r="C48" t="s">
         <v>198</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>36</v>
+      </c>
+      <c r="E48" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="F48" t="s">
         <v>200</v>
       </c>
       <c r="G48" t="s">
-        <v>201</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
         <v>2024</v>
       </c>
       <c r="B49" t="s">
+        <v>201</v>
+      </c>
+      <c r="C49" t="s">
         <v>202</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>36</v>
+      </c>
+      <c r="E49" t="s">
         <v>203</v>
       </c>
-      <c r="D49" t="s">
+      <c r="F49" t="s">
         <v>204</v>
       </c>
-      <c r="E49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G49" t="s">
-        <v>207</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
         <v>2024</v>
       </c>
       <c r="B50" t="s">
+        <v>205</v>
+      </c>
+      <c r="C50" t="s">
+        <v>206</v>
+      </c>
+      <c r="D50" t="s">
+        <v>106</v>
+      </c>
+      <c r="E50" t="s">
+        <v>207</v>
+      </c>
+      <c r="F50" t="s">
         <v>208</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="G50" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>2024</v>
       </c>
       <c r="B51" t="s">
+        <v>210</v>
+      </c>
+      <c r="C51" t="s">
         <v>211</v>
       </c>
-      <c r="C51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="E51" t="s">
-        <v>73</v>
+        <v>143</v>
       </c>
       <c r="F51" t="s">
         <v>212</v>
       </c>
       <c r="G51" t="s">
-        <v>213</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
         <v>2024</v>
       </c>
       <c r="B52" t="s">
+        <v>213</v>
+      </c>
+      <c r="C52" t="s">
         <v>214</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>72</v>
+      </c>
+      <c r="E52" t="s">
+        <v>73</v>
+      </c>
+      <c r="F52" t="s">
         <v>215</v>
       </c>
-      <c r="D52" t="s">
-[...5 lines deleted...]
-      <c r="F52" t="s">
+      <c r="G52" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
         <v>2024</v>
       </c>
       <c r="B53" t="s">
+        <v>217</v>
+      </c>
+      <c r="C53" t="s">
         <v>218</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" t="s">
         <v>219</v>
       </c>
-      <c r="D53" t="s">
-[...2 lines deleted...]
-      <c r="E53" t="s">
+      <c r="F53" t="s">
         <v>220</v>
       </c>
-      <c r="F53" t="s">
+      <c r="G53" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
         <v>2024</v>
       </c>
       <c r="B54" t="s">
         <v>222</v>
       </c>
       <c r="C54" t="s">
+        <v>119</v>
+      </c>
+      <c r="D54" t="s">
+        <v>106</v>
+      </c>
+      <c r="E54" t="s">
         <v>223</v>
       </c>
-      <c r="D54" t="s">
+      <c r="F54" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
         <v>2024</v>
       </c>
       <c r="B55" t="s">
+        <v>225</v>
+      </c>
+      <c r="C55" t="s">
+        <v>81</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>82</v>
+      </c>
+      <c r="F55" t="s">
+        <v>226</v>
+      </c>
+      <c r="G55" t="s">
         <v>227</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B56" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="C56" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D56" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="E56" t="s">
-        <v>154</v>
+        <v>68</v>
       </c>
       <c r="F56" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="G56" t="s">
-        <v>12</v>
+        <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B57" t="s">
+        <v>232</v>
+      </c>
+      <c r="C57" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" t="s">
+        <v>36</v>
+      </c>
+      <c r="E57" t="s">
+        <v>234</v>
+      </c>
+      <c r="F57" t="s">
         <v>235</v>
-      </c>
-[...10 lines deleted...]
-        <v>238</v>
       </c>
       <c r="G57" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B58" t="s">
+        <v>236</v>
+      </c>
+      <c r="C58" t="s">
+        <v>237</v>
+      </c>
+      <c r="D58" t="s">
+        <v>238</v>
+      </c>
+      <c r="E58" t="s">
         <v>239</v>
       </c>
-      <c r="C58" t="s">
+      <c r="F58" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B59" t="s">
+        <v>241</v>
+      </c>
+      <c r="C59" t="s">
+        <v>242</v>
+      </c>
+      <c r="D59" t="s">
         <v>243</v>
       </c>
-      <c r="C59" t="s">
+      <c r="E59" t="s">
         <v>244</v>
       </c>
-      <c r="D59" t="s">
-[...2 lines deleted...]
-      <c r="E59" t="s">
+      <c r="F59" t="s">
         <v>245</v>
       </c>
-      <c r="F59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G59" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
         <v>2023</v>
       </c>
       <c r="B60" t="s">
+        <v>246</v>
+      </c>
+      <c r="C60" t="s">
+        <v>247</v>
+      </c>
+      <c r="D60" t="s">
+        <v>67</v>
+      </c>
+      <c r="E60" t="s">
+        <v>170</v>
+      </c>
+      <c r="F60" t="s">
         <v>248</v>
       </c>
-      <c r="C60" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G60" t="s">
-        <v>252</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
         <v>2023</v>
       </c>
       <c r="B61" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C61" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D61" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>53</v>
+        <v>251</v>
       </c>
       <c r="F61" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="G61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
         <v>2023</v>
       </c>
       <c r="B62" t="s">
+        <v>253</v>
+      </c>
+      <c r="C62" t="s">
+        <v>254</v>
+      </c>
+      <c r="D62" t="s">
+        <v>77</v>
+      </c>
+      <c r="E62" t="s">
+        <v>255</v>
+      </c>
+      <c r="F62" t="s">
         <v>256</v>
-      </c>
-[...10 lines deleted...]
-        <v>258</v>
       </c>
       <c r="G62" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
         <v>2023</v>
       </c>
       <c r="B63" t="s">
+        <v>257</v>
+      </c>
+      <c r="C63" t="s">
+        <v>258</v>
+      </c>
+      <c r="D63" t="s">
+        <v>36</v>
+      </c>
+      <c r="E63" t="s">
         <v>259</v>
       </c>
-      <c r="C63" t="s">
+      <c r="F63" t="s">
         <v>260</v>
       </c>
-      <c r="D63" t="s">
-[...2 lines deleted...]
-      <c r="E63" t="s">
+      <c r="G63" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
         <v>2023</v>
       </c>
       <c r="B64" t="s">
+        <v>262</v>
+      </c>
+      <c r="C64" t="s">
         <v>263</v>
       </c>
-      <c r="C64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="E64" t="s">
         <v>264</v>
       </c>
       <c r="F64" t="s">
         <v>265</v>
       </c>
       <c r="G64" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
         <v>2023</v>
       </c>
       <c r="B65" t="s">
         <v>267</v>
       </c>
       <c r="C65" t="s">
         <v>268</v>
       </c>
       <c r="D65" t="s">
         <v>15</v>
       </c>
       <c r="E65" t="s">
-        <v>165</v>
+        <v>62</v>
       </c>
       <c r="F65" t="s">
         <v>269</v>
       </c>
       <c r="G65" t="s">
-        <v>270</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
         <v>2023</v>
       </c>
       <c r="B66" t="s">
+        <v>270</v>
+      </c>
+      <c r="C66" t="s">
         <v>271</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>36</v>
+      </c>
+      <c r="E66" t="s">
+        <v>234</v>
+      </c>
+      <c r="F66" t="s">
         <v>272</v>
       </c>
-      <c r="D66" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G66" t="s">
-        <v>275</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
         <v>2023</v>
       </c>
       <c r="B67" t="s">
+        <v>273</v>
+      </c>
+      <c r="C67" t="s">
+        <v>274</v>
+      </c>
+      <c r="D67" t="s">
+        <v>36</v>
+      </c>
+      <c r="E67" t="s">
+        <v>275</v>
+      </c>
+      <c r="F67" t="s">
         <v>276</v>
       </c>
-      <c r="C67" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G67" t="s">
-        <v>278</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
         <v>2023</v>
       </c>
       <c r="B68" t="s">
+        <v>277</v>
+      </c>
+      <c r="C68" t="s">
+        <v>258</v>
+      </c>
+      <c r="D68" t="s">
+        <v>72</v>
+      </c>
+      <c r="E68" t="s">
+        <v>278</v>
+      </c>
+      <c r="F68" t="s">
         <v>279</v>
       </c>
-      <c r="C68" t="s">
+      <c r="G68" t="s">
         <v>280</v>
-      </c>
-[...10 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
         <v>2023</v>
       </c>
       <c r="B69" t="s">
+        <v>281</v>
+      </c>
+      <c r="C69" t="s">
+        <v>282</v>
+      </c>
+      <c r="D69" t="s">
+        <v>25</v>
+      </c>
+      <c r="E69" t="s">
+        <v>181</v>
+      </c>
+      <c r="F69" t="s">
+        <v>283</v>
+      </c>
+      <c r="G69" t="s">
         <v>284</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
         <v>2023</v>
       </c>
       <c r="B70" t="s">
+        <v>285</v>
+      </c>
+      <c r="C70" t="s">
+        <v>286</v>
+      </c>
+      <c r="D70" t="s">
+        <v>36</v>
+      </c>
+      <c r="E70" t="s">
+        <v>287</v>
+      </c>
+      <c r="F70" t="s">
         <v>288</v>
       </c>
-      <c r="C70" t="s">
+      <c r="G70" t="s">
         <v>289</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B71" t="s">
+        <v>290</v>
+      </c>
+      <c r="C71" t="s">
+        <v>188</v>
+      </c>
+      <c r="D71" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" t="s">
+        <v>62</v>
+      </c>
+      <c r="F71" t="s">
         <v>291</v>
       </c>
-      <c r="C71" t="s">
-[...8 lines deleted...]
-      <c r="F71" t="s">
+      <c r="G71" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B72" t="s">
+        <v>293</v>
+      </c>
+      <c r="C72" t="s">
         <v>294</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>36</v>
+      </c>
+      <c r="E72" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F72" t="s">
         <v>296</v>
       </c>
       <c r="G72" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B73" t="s">
         <v>298</v>
       </c>
       <c r="C73" t="s">
         <v>299</v>
       </c>
       <c r="D73" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="E73" t="s">
         <v>300</v>
       </c>
       <c r="F73" t="s">
         <v>301</v>
       </c>
       <c r="G73" t="s">
-        <v>302</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B74" t="s">
-        <v>288</v>
+        <v>302</v>
       </c>
       <c r="C74" t="s">
-        <v>289</v>
+        <v>303</v>
       </c>
       <c r="D74" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="E74" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="F74" t="s">
         <v>304</v>
       </c>
       <c r="G74" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
         <v>2022</v>
       </c>
       <c r="B75" t="s">
         <v>305</v>
       </c>
       <c r="C75" t="s">
+        <v>214</v>
+      </c>
+      <c r="D75" t="s">
+        <v>72</v>
+      </c>
+      <c r="E75" t="s">
+        <v>73</v>
+      </c>
+      <c r="F75" t="s">
         <v>306</v>
       </c>
-      <c r="D75" t="s">
-[...2 lines deleted...]
-      <c r="E75" t="s">
+      <c r="G75" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
         <v>2022</v>
       </c>
       <c r="B76" t="s">
+        <v>308</v>
+      </c>
+      <c r="C76" t="s">
+        <v>309</v>
+      </c>
+      <c r="D76" t="s">
+        <v>67</v>
+      </c>
+      <c r="E76" t="s">
+        <v>170</v>
+      </c>
+      <c r="F76" t="s">
         <v>310</v>
       </c>
-      <c r="C76" t="s">
+      <c r="G76" t="s">
         <v>311</v>
-      </c>
-[...10 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
         <v>2022</v>
       </c>
       <c r="B77" t="s">
+        <v>312</v>
+      </c>
+      <c r="C77" t="s">
+        <v>313</v>
+      </c>
+      <c r="D77" t="s">
+        <v>77</v>
+      </c>
+      <c r="E77" t="s">
         <v>314</v>
       </c>
-      <c r="C77" t="s">
+      <c r="F77" t="s">
         <v>315</v>
       </c>
-      <c r="D77" t="s">
-[...2 lines deleted...]
-      <c r="E77" t="s">
+      <c r="G77" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
         <v>2022</v>
       </c>
       <c r="B78" t="s">
+        <v>302</v>
+      </c>
+      <c r="C78" t="s">
+        <v>303</v>
+      </c>
+      <c r="D78" t="s">
+        <v>115</v>
+      </c>
+      <c r="E78" t="s">
+        <v>317</v>
+      </c>
+      <c r="F78" t="s">
         <v>318</v>
-      </c>
-[...10 lines deleted...]
-        <v>320</v>
       </c>
       <c r="G78" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
         <v>2022</v>
       </c>
       <c r="B79" t="s">
+        <v>319</v>
+      </c>
+      <c r="C79" t="s">
+        <v>320</v>
+      </c>
+      <c r="D79" t="s">
+        <v>67</v>
+      </c>
+      <c r="E79" t="s">
         <v>321</v>
       </c>
-      <c r="C79" t="s">
+      <c r="F79" t="s">
         <v>322</v>
       </c>
-      <c r="D79" t="s">
-[...5 lines deleted...]
-      <c r="F79" t="s">
+      <c r="G79" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80">
         <v>2022</v>
       </c>
       <c r="B80" t="s">
         <v>324</v>
       </c>
       <c r="C80" t="s">
         <v>325</v>
       </c>
       <c r="D80" t="s">
-        <v>130</v>
+        <v>67</v>
       </c>
       <c r="E80" t="s">
+        <v>170</v>
+      </c>
+      <c r="F80" t="s">
         <v>326</v>
       </c>
-      <c r="F80" t="s">
+      <c r="G80" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81">
         <v>2022</v>
       </c>
       <c r="B81" t="s">
         <v>328</v>
       </c>
       <c r="C81" t="s">
         <v>329</v>
       </c>
       <c r="D81" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="E81" t="s">
-        <v>53</v>
+        <v>330</v>
       </c>
       <c r="F81" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G81" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
         <v>2022</v>
       </c>
       <c r="B82" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C82" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D82" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="E82" t="s">
-        <v>333</v>
+        <v>317</v>
       </c>
       <c r="F82" t="s">
         <v>334</v>
       </c>
       <c r="G82" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
         <v>2022</v>
       </c>
       <c r="B83" t="s">
         <v>335</v>
       </c>
       <c r="C83" t="s">
         <v>336</v>
       </c>
       <c r="D83" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="E83" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="F83" t="s">
         <v>337</v>
       </c>
       <c r="G83" t="s">
-        <v>338</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
         <v>2022</v>
       </c>
       <c r="B84" t="s">
+        <v>338</v>
+      </c>
+      <c r="C84" t="s">
         <v>339</v>
       </c>
-      <c r="C84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D84" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="E84" t="s">
-        <v>27</v>
+        <v>340</v>
       </c>
       <c r="F84" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="G84" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
         <v>2022</v>
       </c>
       <c r="B85" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C85" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D85" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E85" t="s">
-        <v>343</v>
+        <v>62</v>
       </c>
       <c r="F85" t="s">
         <v>344</v>
       </c>
       <c r="G85" t="s">
-        <v>345</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
         <v>2022</v>
       </c>
       <c r="B86" t="s">
+        <v>345</v>
+      </c>
+      <c r="C86" t="s">
         <v>346</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>67</v>
+      </c>
+      <c r="E86" t="s">
         <v>347</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F86" t="s">
         <v>348</v>
       </c>
       <c r="G86" t="s">
-        <v>349</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
         <v>2022</v>
       </c>
       <c r="B87" t="s">
+        <v>349</v>
+      </c>
+      <c r="C87" t="s">
         <v>350</v>
       </c>
-      <c r="C87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D87" t="s">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="E87" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="F87" t="s">
         <v>351</v>
       </c>
       <c r="G87" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B88" t="s">
         <v>353</v>
       </c>
       <c r="C88" t="s">
+        <v>54</v>
+      </c>
+      <c r="D88" t="s">
+        <v>36</v>
+      </c>
+      <c r="E88" t="s">
+        <v>37</v>
+      </c>
+      <c r="F88" t="s">
         <v>354</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
       <c r="G88" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B89" t="s">
+        <v>355</v>
+      </c>
+      <c r="C89" t="s">
         <v>356</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>36</v>
+      </c>
+      <c r="E89" t="s">
         <v>357</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F89" t="s">
         <v>358</v>
       </c>
       <c r="G89" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B90" t="s">
         <v>360</v>
       </c>
       <c r="C90" t="s">
         <v>361</v>
       </c>
       <c r="D90" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="E90" t="s">
-        <v>126</v>
+        <v>62</v>
       </c>
       <c r="F90" t="s">
         <v>362</v>
       </c>
       <c r="G90" t="s">
-        <v>12</v>
+        <v>363</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B91" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C91" t="s">
-        <v>364</v>
+        <v>188</v>
       </c>
       <c r="D91" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E91" t="s">
+        <v>62</v>
+      </c>
+      <c r="F91" t="s">
         <v>365</v>
       </c>
-      <c r="F91" t="s">
+      <c r="G91" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
         <v>2021</v>
       </c>
       <c r="B92" t="s">
+        <v>367</v>
+      </c>
+      <c r="C92" t="s">
         <v>368</v>
       </c>
-      <c r="C92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D92" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="E92" t="s">
-        <v>21</v>
+        <v>234</v>
       </c>
       <c r="F92" t="s">
         <v>369</v>
       </c>
       <c r="G92" t="s">
-        <v>370</v>
+        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
         <v>2021</v>
       </c>
       <c r="B93" t="s">
+        <v>370</v>
+      </c>
+      <c r="C93" t="s">
         <v>371</v>
       </c>
-      <c r="C93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D93" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
       <c r="E93" t="s">
-        <v>73</v>
+        <v>255</v>
       </c>
       <c r="F93" t="s">
         <v>372</v>
       </c>
       <c r="G93" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
         <v>2021</v>
       </c>
       <c r="B94" t="s">
         <v>374</v>
       </c>
       <c r="C94" t="s">
         <v>375</v>
       </c>
       <c r="D94" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="E94" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="F94" t="s">
         <v>376</v>
       </c>
       <c r="G94" t="s">
-        <v>377</v>
+        <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B95" t="s">
+        <v>377</v>
+      </c>
+      <c r="C95" t="s">
         <v>378</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
+        <v>36</v>
+      </c>
+      <c r="E95" t="s">
         <v>379</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="F95" t="s">
         <v>380</v>
       </c>
       <c r="G95" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B96" t="s">
         <v>382</v>
       </c>
       <c r="C96" t="s">
-        <v>249</v>
+        <v>165</v>
       </c>
       <c r="D96" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E96" t="s">
-        <v>250</v>
+        <v>31</v>
       </c>
       <c r="F96" t="s">
         <v>383</v>
       </c>
       <c r="G96" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B97" t="s">
         <v>385</v>
       </c>
       <c r="C97" t="s">
+        <v>81</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>82</v>
+      </c>
+      <c r="F97" t="s">
         <v>386</v>
       </c>
-      <c r="D97" t="s">
-[...2 lines deleted...]
-      <c r="E97" t="s">
+      <c r="G97" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B98" t="s">
+        <v>388</v>
+      </c>
+      <c r="C98" t="s">
         <v>389</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>77</v>
+      </c>
+      <c r="E98" t="s">
+        <v>136</v>
+      </c>
+      <c r="F98" t="s">
         <v>390</v>
       </c>
-      <c r="D98" t="s">
-[...2 lines deleted...]
-      <c r="E98" t="s">
+      <c r="G98" t="s">
         <v>391</v>
-      </c>
-[...4 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B99" t="s">
+        <v>392</v>
+      </c>
+      <c r="C99" t="s">
+        <v>393</v>
+      </c>
+      <c r="D99" t="s">
+        <v>36</v>
+      </c>
+      <c r="E99" t="s">
+        <v>234</v>
+      </c>
+      <c r="F99" t="s">
         <v>394</v>
       </c>
-      <c r="C99" t="s">
-[...8 lines deleted...]
-      <c r="F99" t="s">
+      <c r="G99" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B100" t="s">
+        <v>396</v>
+      </c>
+      <c r="C100" t="s">
+        <v>263</v>
+      </c>
+      <c r="D100" t="s">
+        <v>36</v>
+      </c>
+      <c r="E100" t="s">
+        <v>264</v>
+      </c>
+      <c r="F100" t="s">
         <v>397</v>
       </c>
-      <c r="C100" t="s">
-[...8 lines deleted...]
-      <c r="F100" t="s">
+      <c r="G100" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
         <v>2019</v>
       </c>
       <c r="B101" t="s">
+        <v>399</v>
+      </c>
+      <c r="C101" t="s">
         <v>400</v>
       </c>
-      <c r="C101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D101" t="s">
+        <v>36</v>
+      </c>
+      <c r="E101" t="s">
         <v>401</v>
       </c>
-      <c r="E101" t="s">
+      <c r="F101" t="s">
         <v>402</v>
       </c>
-      <c r="F101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G101" t="s">
-        <v>404</v>
+        <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
         <v>2019</v>
       </c>
       <c r="B102" t="s">
+        <v>403</v>
+      </c>
+      <c r="C102" t="s">
+        <v>404</v>
+      </c>
+      <c r="D102" t="s">
+        <v>77</v>
+      </c>
+      <c r="E102" t="s">
         <v>405</v>
       </c>
-      <c r="C102" t="s">
+      <c r="F102" t="s">
         <v>406</v>
       </c>
-      <c r="D102" t="s">
-[...2 lines deleted...]
-      <c r="E102" t="s">
+      <c r="G102" t="s">
         <v>407</v>
-      </c>
-[...4 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
         <v>2019</v>
       </c>
       <c r="B103" t="s">
+        <v>408</v>
+      </c>
+      <c r="C103" t="s">
+        <v>54</v>
+      </c>
+      <c r="D103" t="s">
+        <v>36</v>
+      </c>
+      <c r="E103" t="s">
+        <v>37</v>
+      </c>
+      <c r="F103" t="s">
+        <v>409</v>
+      </c>
+      <c r="G103" t="s">
         <v>410</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
         <v>2019</v>
       </c>
       <c r="B104" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C104" t="s">
-        <v>415</v>
+        <v>404</v>
       </c>
       <c r="D104" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="E104" t="s">
-        <v>416</v>
+        <v>136</v>
       </c>
       <c r="F104" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="G104" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
         <v>2019</v>
       </c>
       <c r="B105" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C105" t="s">
-        <v>83</v>
+        <v>320</v>
       </c>
       <c r="D105" t="s">
-        <v>26</v>
+        <v>415</v>
       </c>
       <c r="E105" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="F105" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="G105" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
         <v>2019</v>
       </c>
       <c r="B106" t="s">
+        <v>419</v>
+      </c>
+      <c r="C106" t="s">
+        <v>420</v>
+      </c>
+      <c r="D106" t="s">
+        <v>36</v>
+      </c>
+      <c r="E106" t="s">
+        <v>421</v>
+      </c>
+      <c r="F106" t="s">
+        <v>422</v>
+      </c>
+      <c r="G106" t="s">
         <v>423</v>
-      </c>
-[...13 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
         <v>2019</v>
       </c>
       <c r="B107" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="C107" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="D107" t="s">
-        <v>430</v>
+        <v>115</v>
       </c>
       <c r="E107" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="F107" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="G107" t="s">
-        <v>433</v>
+        <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
         <v>2019</v>
       </c>
       <c r="B108" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="C108" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="D108" t="s">
-        <v>436</v>
+        <v>67</v>
       </c>
       <c r="E108" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="F108" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="G108" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
         <v>2019</v>
       </c>
       <c r="B109" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="C109" t="s">
-        <v>441</v>
+        <v>92</v>
       </c>
       <c r="D109" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E109" t="s">
-        <v>220</v>
+        <v>434</v>
       </c>
       <c r="F109" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="G109" t="s">
-        <v>12</v>
+        <v>436</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
         <v>2019</v>
       </c>
       <c r="B110" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="C110" t="s">
-        <v>406</v>
+        <v>438</v>
       </c>
       <c r="D110" t="s">
-        <v>26</v>
+        <v>77</v>
       </c>
       <c r="E110" t="s">
-        <v>407</v>
+        <v>439</v>
       </c>
       <c r="F110" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="G110" t="s">
-        <v>12</v>
+        <v>441</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B111" t="s">
+        <v>442</v>
+      </c>
+      <c r="C111" t="s">
+        <v>443</v>
+      </c>
+      <c r="D111" t="s">
+        <v>444</v>
+      </c>
+      <c r="E111" t="s">
         <v>445</v>
       </c>
-      <c r="C111" t="s">
+      <c r="F111" t="s">
         <v>446</v>
       </c>
-      <c r="D111" t="s">
-[...2 lines deleted...]
-      <c r="E111" t="s">
+      <c r="G111" t="s">
         <v>447</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B112" t="s">
+        <v>448</v>
+      </c>
+      <c r="C112" t="s">
         <v>449</v>
       </c>
-      <c r="C112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D112" t="s">
-        <v>20</v>
+        <v>450</v>
       </c>
       <c r="E112" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F112" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="G112" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B113" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C113" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D113" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
       <c r="E113" t="s">
-        <v>455</v>
+        <v>234</v>
       </c>
       <c r="F113" t="s">
         <v>456</v>
       </c>
       <c r="G113" t="s">
-        <v>457</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B114" t="s">
+        <v>457</v>
+      </c>
+      <c r="C114" t="s">
+        <v>420</v>
+      </c>
+      <c r="D114" t="s">
+        <v>36</v>
+      </c>
+      <c r="E114" t="s">
+        <v>421</v>
+      </c>
+      <c r="F114" t="s">
         <v>458</v>
       </c>
-      <c r="C114" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G114" t="s">
-        <v>461</v>
+        <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115">
         <v>2018</v>
       </c>
       <c r="B115" t="s">
+        <v>459</v>
+      </c>
+      <c r="C115" t="s">
+        <v>460</v>
+      </c>
+      <c r="D115" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" t="s">
+        <v>461</v>
+      </c>
+      <c r="F115" t="s">
         <v>462</v>
-      </c>
-[...10 lines deleted...]
-        <v>464</v>
       </c>
       <c r="G115" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116">
         <v>2018</v>
       </c>
       <c r="B116" t="s">
+        <v>463</v>
+      </c>
+      <c r="C116" t="s">
+        <v>336</v>
+      </c>
+      <c r="D116" t="s">
+        <v>30</v>
+      </c>
+      <c r="E116" t="s">
+        <v>464</v>
+      </c>
+      <c r="F116" t="s">
         <v>465</v>
       </c>
-      <c r="C116" t="s">
+      <c r="G116" t="s">
         <v>466</v>
-      </c>
-[...10 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117">
         <v>2018</v>
       </c>
       <c r="B117" t="s">
+        <v>467</v>
+      </c>
+      <c r="C117" t="s">
+        <v>468</v>
+      </c>
+      <c r="D117" t="s">
+        <v>106</v>
+      </c>
+      <c r="E117" t="s">
         <v>469</v>
-      </c>
-[...7 lines deleted...]
-        <v>131</v>
       </c>
       <c r="F117" t="s">
         <v>470</v>
       </c>
       <c r="G117" t="s">
-        <v>12</v>
+        <v>471</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118">
         <v>2018</v>
       </c>
       <c r="B118" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C118" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D118" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E118" t="s">
-        <v>59</v>
+        <v>464</v>
       </c>
       <c r="F118" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="G118" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119">
         <v>2018</v>
       </c>
       <c r="B119" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C119" t="s">
-        <v>357</v>
+        <v>477</v>
       </c>
       <c r="D119" t="s">
-        <v>68</v>
+        <v>106</v>
       </c>
       <c r="E119" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="F119" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G119" t="s">
-        <v>478</v>
+        <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120">
         <v>2018</v>
       </c>
       <c r="B120" t="s">
         <v>479</v>
       </c>
       <c r="C120" t="s">
+        <v>480</v>
+      </c>
+      <c r="D120" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" t="s">
         <v>62</v>
       </c>
-      <c r="D120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F120" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="G120" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121">
         <v>2018</v>
       </c>
       <c r="B121" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C121" t="s">
-        <v>483</v>
+        <v>425</v>
       </c>
       <c r="D121" t="s">
-        <v>15</v>
+        <v>115</v>
       </c>
       <c r="E121" t="s">
-        <v>165</v>
+        <v>147</v>
       </c>
       <c r="F121" t="s">
         <v>484</v>
       </c>
       <c r="G121" t="s">
-        <v>485</v>
+        <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122">
         <v>2018</v>
       </c>
       <c r="B122" t="s">
+        <v>485</v>
+      </c>
+      <c r="C122" t="s">
         <v>486</v>
       </c>
-      <c r="C122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D122" t="s">
+        <v>67</v>
+      </c>
+      <c r="E122" t="s">
         <v>68</v>
       </c>
-      <c r="E122" t="s">
+      <c r="F122" t="s">
         <v>487</v>
       </c>
-      <c r="F122" t="s">
+      <c r="G122" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
         <v>2018</v>
       </c>
       <c r="B123" t="s">
+        <v>489</v>
+      </c>
+      <c r="C123" t="s">
+        <v>371</v>
+      </c>
+      <c r="D123" t="s">
+        <v>77</v>
+      </c>
+      <c r="E123" t="s">
         <v>490</v>
       </c>
-      <c r="C123" t="s">
+      <c r="F123" t="s">
         <v>491</v>
       </c>
-      <c r="D123" t="s">
-[...5 lines deleted...]
-      <c r="F123" t="s">
+      <c r="G123" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B124" t="s">
+        <v>493</v>
+      </c>
+      <c r="C124" t="s">
+        <v>71</v>
+      </c>
+      <c r="D124" t="s">
+        <v>36</v>
+      </c>
+      <c r="E124" t="s">
+        <v>234</v>
+      </c>
+      <c r="F124" t="s">
         <v>494</v>
       </c>
-      <c r="C124" t="s">
+      <c r="G124" t="s">
         <v>495</v>
-      </c>
-[...10 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B125" t="s">
+        <v>496</v>
+      </c>
+      <c r="C125" t="s">
+        <v>497</v>
+      </c>
+      <c r="D125" t="s">
+        <v>25</v>
+      </c>
+      <c r="E125" t="s">
+        <v>181</v>
+      </c>
+      <c r="F125" t="s">
+        <v>498</v>
+      </c>
+      <c r="G125" t="s">
         <v>499</v>
-      </c>
-[...13 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B126" t="s">
+        <v>500</v>
+      </c>
+      <c r="C126" t="s">
+        <v>404</v>
+      </c>
+      <c r="D126" t="s">
+        <v>77</v>
+      </c>
+      <c r="E126" t="s">
+        <v>501</v>
+      </c>
+      <c r="F126" t="s">
+        <v>502</v>
+      </c>
+      <c r="G126" t="s">
         <v>503</v>
-      </c>
-[...13 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B127" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="C127" t="s">
-        <v>172</v>
+        <v>505</v>
       </c>
       <c r="D127" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="E127" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="F127" t="s">
         <v>506</v>
       </c>
       <c r="G127" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
         <v>2017</v>
       </c>
       <c r="B128" t="s">
         <v>508</v>
       </c>
       <c r="C128" t="s">
         <v>509</v>
       </c>
       <c r="D128" t="s">
+        <v>450</v>
+      </c>
+      <c r="E128" t="s">
         <v>510</v>
       </c>
-      <c r="E128" t="s">
+      <c r="F128" t="s">
         <v>511</v>
       </c>
-      <c r="F128" t="s">
+      <c r="G128" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
         <v>2017</v>
       </c>
       <c r="B129" t="s">
         <v>513</v>
       </c>
       <c r="C129" t="s">
         <v>514</v>
       </c>
       <c r="D129" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="E129" t="s">
-        <v>131</v>
+        <v>439</v>
       </c>
       <c r="F129" t="s">
         <v>515</v>
       </c>
       <c r="G129" t="s">
-        <v>12</v>
+        <v>516</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130">
         <v>2017</v>
       </c>
       <c r="B130" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C130" t="s">
-        <v>517</v>
+        <v>371</v>
       </c>
       <c r="D130" t="s">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="E130" t="s">
-        <v>53</v>
+        <v>439</v>
       </c>
       <c r="F130" t="s">
         <v>518</v>
       </c>
       <c r="G130" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131">
         <v>2017</v>
       </c>
       <c r="B131" t="s">
+        <v>504</v>
+      </c>
+      <c r="C131" t="s">
+        <v>188</v>
+      </c>
+      <c r="D131" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" t="s">
+        <v>62</v>
+      </c>
+      <c r="F131" t="s">
         <v>520</v>
       </c>
-      <c r="C131" t="s">
+      <c r="G131" t="s">
         <v>521</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132">
         <v>2017</v>
       </c>
       <c r="B132" t="s">
+        <v>522</v>
+      </c>
+      <c r="C132" t="s">
         <v>523</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>524</v>
       </c>
-      <c r="D132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132" t="s">
-        <v>455</v>
+        <v>525</v>
       </c>
       <c r="F132" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="G132" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133">
         <v>2017</v>
       </c>
       <c r="B133" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C133" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D133" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="E133" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="F133" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="G133" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134">
         <v>2017</v>
       </c>
       <c r="B134" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C134" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D134" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E134" t="s">
-        <v>220</v>
+        <v>62</v>
       </c>
       <c r="F134" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="G134" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135">
         <v>2017</v>
       </c>
       <c r="B135" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C135" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D135" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="E135" t="s">
-        <v>535</v>
+        <v>439</v>
       </c>
       <c r="F135" t="s">
         <v>536</v>
       </c>
       <c r="G135" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
         <v>2017</v>
       </c>
       <c r="B136" t="s">
         <v>537</v>
       </c>
       <c r="C136" t="s">
-        <v>199</v>
+        <v>538</v>
       </c>
       <c r="D136" t="s">
-        <v>63</v>
+        <v>106</v>
       </c>
       <c r="E136" t="s">
-        <v>264</v>
+        <v>469</v>
       </c>
       <c r="F136" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="G136" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
         <v>2017</v>
       </c>
       <c r="B137" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C137" t="s">
-        <v>435</v>
+        <v>541</v>
       </c>
       <c r="D137" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="E137" t="s">
-        <v>220</v>
+        <v>147</v>
       </c>
       <c r="F137" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="G137" t="s">
-        <v>541</v>
+        <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
         <v>2017</v>
       </c>
       <c r="B138" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C138" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D138" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E138" t="s">
-        <v>220</v>
+        <v>234</v>
       </c>
       <c r="F138" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G138" t="s">
-        <v>12</v>
+        <v>546</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B139" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C139" t="s">
-        <v>424</v>
+        <v>548</v>
       </c>
       <c r="D139" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E139" t="s">
-        <v>425</v>
+        <v>549</v>
       </c>
       <c r="F139" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G139" t="s">
-        <v>547</v>
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B140" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C140" t="s">
-        <v>549</v>
+        <v>214</v>
       </c>
       <c r="D140" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="E140" t="s">
-        <v>535</v>
+        <v>278</v>
       </c>
       <c r="F140" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="G140" t="s">
-        <v>551</v>
+        <v>12</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B141" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C141" t="s">
-        <v>553</v>
+        <v>449</v>
       </c>
       <c r="D141" t="s">
-        <v>130</v>
+        <v>36</v>
       </c>
       <c r="E141" t="s">
-        <v>131</v>
+        <v>234</v>
       </c>
       <c r="F141" t="s">
         <v>554</v>
       </c>
       <c r="G141" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B142" t="s">
         <v>556</v>
       </c>
       <c r="C142" t="s">
         <v>557</v>
       </c>
       <c r="D142" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="E142" t="s">
-        <v>416</v>
+        <v>234</v>
       </c>
       <c r="F142" t="s">
         <v>558</v>
       </c>
       <c r="G142" t="s">
-        <v>559</v>
+        <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143">
         <v>2016</v>
       </c>
       <c r="B143" t="s">
+        <v>559</v>
+      </c>
+      <c r="C143" t="s">
+        <v>438</v>
+      </c>
+      <c r="D143" t="s">
+        <v>77</v>
+      </c>
+      <c r="E143" t="s">
+        <v>439</v>
+      </c>
+      <c r="F143" t="s">
         <v>560</v>
       </c>
-      <c r="C143" t="s">
+      <c r="G143" t="s">
         <v>561</v>
-      </c>
-[...10 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144">
         <v>2016</v>
       </c>
       <c r="B144" t="s">
+        <v>562</v>
+      </c>
+      <c r="C144" t="s">
+        <v>563</v>
+      </c>
+      <c r="D144" t="s">
+        <v>67</v>
+      </c>
+      <c r="E144" t="s">
+        <v>549</v>
+      </c>
+      <c r="F144" t="s">
+        <v>564</v>
+      </c>
+      <c r="G144" t="s">
         <v>565</v>
-      </c>
-[...13 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145">
         <v>2016</v>
       </c>
       <c r="B145" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="C145" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="D145" t="s">
-        <v>52</v>
+        <v>115</v>
       </c>
       <c r="E145" t="s">
-        <v>53</v>
+        <v>147</v>
       </c>
       <c r="F145" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="G145" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
         <v>2016</v>
       </c>
       <c r="B146" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="C146" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="D146" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="E146" t="s">
-        <v>450</v>
+        <v>430</v>
       </c>
       <c r="F146" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="G146" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
         <v>2016</v>
       </c>
       <c r="B147" t="s">
+        <v>574</v>
+      </c>
+      <c r="C147" t="s">
+        <v>575</v>
+      </c>
+      <c r="D147" t="s">
+        <v>9</v>
+      </c>
+      <c r="E147" t="s">
+        <v>576</v>
+      </c>
+      <c r="F147" t="s">
+        <v>577</v>
+      </c>
+      <c r="G147" t="s">
         <v>578</v>
-      </c>
-[...13 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148">
         <v>2016</v>
       </c>
       <c r="B148" t="s">
+        <v>579</v>
+      </c>
+      <c r="C148" t="s">
+        <v>580</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>581</v>
+      </c>
+      <c r="F148" t="s">
         <v>582</v>
       </c>
-      <c r="C148" t="s">
-[...8 lines deleted...]
-      <c r="F148" t="s">
+      <c r="G148" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149">
         <v>2016</v>
       </c>
       <c r="B149" t="s">
+        <v>584</v>
+      </c>
+      <c r="C149" t="s">
         <v>585</v>
       </c>
-      <c r="C149" t="s">
+      <c r="D149" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" t="s">
+        <v>62</v>
+      </c>
+      <c r="F149" t="s">
         <v>586</v>
       </c>
-      <c r="D149" t="s">
+      <c r="G149" t="s">
         <v>587</v>
-      </c>
-[...7 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150">
         <v>2016</v>
       </c>
       <c r="B150" t="s">
+        <v>588</v>
+      </c>
+      <c r="C150" t="s">
+        <v>589</v>
+      </c>
+      <c r="D150" t="s">
+        <v>30</v>
+      </c>
+      <c r="E150" t="s">
+        <v>464</v>
+      </c>
+      <c r="F150" t="s">
+        <v>590</v>
+      </c>
+      <c r="G150" t="s">
         <v>591</v>
-      </c>
-[...13 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151">
         <v>2016</v>
       </c>
       <c r="B151" t="s">
+        <v>592</v>
+      </c>
+      <c r="C151" t="s">
+        <v>593</v>
+      </c>
+      <c r="D151" t="s">
+        <v>30</v>
+      </c>
+      <c r="E151" t="s">
+        <v>464</v>
+      </c>
+      <c r="F151" t="s">
+        <v>594</v>
+      </c>
+      <c r="G151" t="s">
         <v>595</v>
-      </c>
-[...13 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152">
         <v>2016</v>
       </c>
       <c r="B152" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="C152" t="s">
-        <v>601</v>
+        <v>71</v>
       </c>
       <c r="D152" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="E152" t="s">
-        <v>220</v>
+        <v>147</v>
       </c>
       <c r="F152" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="G152" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153">
         <v>2016</v>
       </c>
       <c r="B153" t="s">
+        <v>599</v>
+      </c>
+      <c r="C153" t="s">
+        <v>600</v>
+      </c>
+      <c r="D153" t="s">
+        <v>601</v>
+      </c>
+      <c r="E153" t="s">
+        <v>602</v>
+      </c>
+      <c r="F153" t="s">
+        <v>603</v>
+      </c>
+      <c r="G153" t="s">
         <v>604</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B154" t="s">
+        <v>605</v>
+      </c>
+      <c r="C154" t="s">
+        <v>606</v>
+      </c>
+      <c r="D154" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" t="s">
+        <v>62</v>
+      </c>
+      <c r="F154" t="s">
         <v>607</v>
       </c>
-      <c r="C154" t="s">
+      <c r="G154" t="s">
         <v>608</v>
-      </c>
-[...10 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B155" t="s">
+        <v>609</v>
+      </c>
+      <c r="C155" t="s">
+        <v>610</v>
+      </c>
+      <c r="D155" t="s">
+        <v>115</v>
+      </c>
+      <c r="E155" t="s">
+        <v>611</v>
+      </c>
+      <c r="F155" t="s">
         <v>612</v>
       </c>
-      <c r="C155" t="s">
-[...8 lines deleted...]
-      <c r="F155" t="s">
+      <c r="G155" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B156" t="s">
         <v>614</v>
       </c>
       <c r="C156" t="s">
         <v>615</v>
       </c>
       <c r="D156" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="E156" t="s">
-        <v>165</v>
+        <v>234</v>
       </c>
       <c r="F156" t="s">
         <v>616</v>
       </c>
       <c r="G156" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B157" t="s">
         <v>618</v>
       </c>
       <c r="C157" t="s">
-        <v>466</v>
+        <v>619</v>
       </c>
       <c r="D157" t="s">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="E157" t="s">
-        <v>131</v>
+        <v>464</v>
       </c>
       <c r="F157" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="G157" t="s">
-        <v>620</v>
+        <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158">
         <v>2015</v>
       </c>
       <c r="B158" t="s">
         <v>621</v>
       </c>
       <c r="C158" t="s">
-        <v>557</v>
+        <v>622</v>
       </c>
       <c r="D158" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="E158" t="s">
-        <v>416</v>
+        <v>623</v>
       </c>
       <c r="F158" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="G158" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159">
         <v>2015</v>
       </c>
       <c r="B159" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C159" t="s">
-        <v>625</v>
+        <v>528</v>
       </c>
       <c r="D159" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="E159" t="s">
-        <v>220</v>
+        <v>147</v>
       </c>
       <c r="F159" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="G159" t="s">
-        <v>627</v>
+        <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160">
         <v>2015</v>
       </c>
       <c r="B160" t="s">
         <v>628</v>
       </c>
       <c r="C160" t="s">
-        <v>415</v>
+        <v>629</v>
       </c>
       <c r="D160" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E160" t="s">
-        <v>450</v>
+        <v>181</v>
       </c>
       <c r="F160" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="G160" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161">
         <v>2015</v>
       </c>
       <c r="B161" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C161" t="s">
-        <v>322</v>
+        <v>480</v>
       </c>
       <c r="D161" t="s">
-        <v>20</v>
+        <v>115</v>
       </c>
       <c r="E161" t="s">
-        <v>450</v>
+        <v>147</v>
       </c>
       <c r="F161" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="G161" t="s">
-        <v>633</v>
+        <v>634</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7">
+      <c r="A162">
+        <v>2015</v>
+      </c>
+      <c r="B162" t="s">
+        <v>635</v>
+      </c>
+      <c r="C162" t="s">
+        <v>571</v>
+      </c>
+      <c r="D162" t="s">
+        <v>67</v>
+      </c>
+      <c r="E162" t="s">
+        <v>430</v>
+      </c>
+      <c r="F162" t="s">
+        <v>636</v>
+      </c>
+      <c r="G162" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7">
+      <c r="A163">
+        <v>2015</v>
+      </c>
+      <c r="B163" t="s">
+        <v>638</v>
+      </c>
+      <c r="C163" t="s">
+        <v>639</v>
+      </c>
+      <c r="D163" t="s">
+        <v>36</v>
+      </c>
+      <c r="E163" t="s">
+        <v>234</v>
+      </c>
+      <c r="F163" t="s">
+        <v>640</v>
+      </c>
+      <c r="G163" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7">
+      <c r="A164">
+        <v>2015</v>
+      </c>
+      <c r="B164" t="s">
+        <v>642</v>
+      </c>
+      <c r="C164" t="s">
+        <v>429</v>
+      </c>
+      <c r="D164" t="s">
+        <v>30</v>
+      </c>
+      <c r="E164" t="s">
+        <v>464</v>
+      </c>
+      <c r="F164" t="s">
+        <v>643</v>
+      </c>
+      <c r="G164" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7">
+      <c r="A165">
+        <v>2015</v>
+      </c>
+      <c r="B165" t="s">
+        <v>645</v>
+      </c>
+      <c r="C165" t="s">
+        <v>336</v>
+      </c>
+      <c r="D165" t="s">
+        <v>30</v>
+      </c>
+      <c r="E165" t="s">
+        <v>464</v>
+      </c>
+      <c r="F165" t="s">
+        <v>646</v>
+      </c>
+      <c r="G165" t="s">
+        <v>647</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>