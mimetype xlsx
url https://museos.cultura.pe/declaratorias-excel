--- v0 (2025-10-08)
+++ v1 (2025-12-06)
@@ -98,56 +98,83 @@
   <si>
     <t>Nº 032-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 033-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Orden Franciscana Seglar San Francisco de Jesús</t>
   </si>
   <si>
     <t>Nº 036-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 037-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Sociedad de Beneficenica de Lima Metropolitana</t>
   </si>
   <si>
     <t>Cementerio Presbítero Maestro</t>
   </si>
   <si>
     <t>Nº 042-2021-VMPCIC-MC</t>
   </si>
   <si>
+    <t>Nº 116-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Museo Nacional de la Cultura Peruana</t>
+  </si>
+  <si>
+    <t>Nº 206-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 117-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Varios</t>
+  </si>
+  <si>
+    <t>Museo Departamental San Martín</t>
+  </si>
+  <si>
+    <t>Nº 207-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 118-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Municipalidad de Lima</t>
+  </si>
+  <si>
+    <t>Nº 214-2020-VMPCIC-MC</t>
+  </si>
+  <si>
     <t>Nº 007-2020-VMPCIC-MC</t>
   </si>
   <si>
-    <t>Varios</t>
-[...1 lines deleted...]
-  <si>
     <t>Sala de Exposición Gilberto Tenorio Ruiz - Amazonas</t>
   </si>
   <si>
     <t>Nº 136-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 012-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 140-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 025-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Ministerio de Transporte y Comunicaciones</t>
   </si>
   <si>
     <t>Industrial</t>
   </si>
   <si>
     <t>Nº 153-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 028-2020-VMPCIC-MC</t>
@@ -197,144 +224,117 @@
   <si>
     <t>Nº 110-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 191-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 113-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 194-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 114-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 199-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 115-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 200-2020-VMPCIC-MC</t>
   </si>
   <si>
-    <t>Nº 116-2020-VMPCIC-MC</t>
-[...23 lines deleted...]
-    <t>Nº 214-2020-VMPCIC-MC</t>
+    <t>Universidad Nacional de Ingeniería</t>
+  </si>
+  <si>
+    <t>Prehispánico-Histórico-Artístico</t>
+  </si>
+  <si>
+    <t>Nº 024-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 232-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 032-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 234-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Arqueológico</t>
+  </si>
+  <si>
+    <t>Nº 082-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 235-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Gobierno Regional de Tacna</t>
   </si>
   <si>
     <t>Nº 118-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 157-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 159-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 167-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 177-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 179-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 199-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 203-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 204-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 215-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 216-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 222-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 228-2019-VMPCIC-MC</t>
-  </si>
-[...25 lines deleted...]
-    <t>Nº 235-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Municipalidad Metropolitana de Lima</t>
   </si>
   <si>
     <t>Esculturas públicas del Centro Histórico</t>
   </si>
   <si>
     <t>Nº 053-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Ejército del Perú</t>
   </si>
   <si>
     <t>Museo de los Combatientes del Morro de Arica</t>
   </si>
   <si>
     <t>Nº 071-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 149-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 236-2018-VMPCIC-MC</t>
   </si>
@@ -929,1054 +929,1054 @@
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>320</v>
       </c>
       <c r="D11" t="s">
         <v>7</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>2020</v>
       </c>
       <c r="B12" t="s">
         <v>10</v>
       </c>
       <c r="C12">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="D12" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>8</v>
       </c>
       <c r="F12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>2020</v>
       </c>
       <c r="B13" t="s">
         <v>10</v>
       </c>
       <c r="C13">
-        <v>369</v>
+        <v>1174</v>
       </c>
       <c r="D13" t="s">
+        <v>7</v>
+      </c>
+      <c r="E13" t="s">
         <v>29</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>2020</v>
       </c>
       <c r="B14" t="s">
         <v>10</v>
       </c>
       <c r="C14">
-        <v>5</v>
+        <v>334</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>8</v>
       </c>
       <c r="F14" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>2020</v>
       </c>
       <c r="B15" t="s">
         <v>10</v>
       </c>
       <c r="C15">
-        <v>13</v>
+        <v>194</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>2020</v>
       </c>
       <c r="B16" t="s">
         <v>10</v>
       </c>
       <c r="C16">
         <v>3</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>8</v>
       </c>
       <c r="F16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>2020</v>
       </c>
       <c r="B17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C17">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="E17" t="s">
         <v>8</v>
       </c>
       <c r="F17" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>2020</v>
       </c>
       <c r="B18" t="s">
         <v>10</v>
       </c>
       <c r="C18">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E18" t="s">
         <v>8</v>
       </c>
       <c r="F18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>2020</v>
       </c>
       <c r="B19" t="s">
         <v>10</v>
       </c>
       <c r="C19">
-        <v>18</v>
+        <v>369</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E19" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="F19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>2020</v>
       </c>
       <c r="B20" t="s">
         <v>10</v>
       </c>
       <c r="C20">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>8</v>
       </c>
       <c r="F20" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>2020</v>
       </c>
       <c r="B21" t="s">
         <v>10</v>
       </c>
       <c r="C21">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>8</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>2020</v>
       </c>
       <c r="B22" t="s">
         <v>10</v>
       </c>
       <c r="C22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>8</v>
       </c>
       <c r="F22" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>2020</v>
       </c>
       <c r="B23" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C23">
-        <v>47</v>
+        <v>1</v>
       </c>
       <c r="D23" t="s">
-        <v>7</v>
+        <v>45</v>
       </c>
       <c r="E23" t="s">
         <v>8</v>
       </c>
       <c r="F23" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>2020</v>
       </c>
       <c r="B24" t="s">
         <v>10</v>
       </c>
       <c r="C24">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>8</v>
       </c>
       <c r="F24" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>2020</v>
       </c>
       <c r="B25" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="C25">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>8</v>
       </c>
       <c r="F25" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>2020</v>
       </c>
       <c r="B26" t="s">
         <v>10</v>
       </c>
       <c r="C26">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>8</v>
       </c>
       <c r="F26" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>2020</v>
       </c>
       <c r="B27" t="s">
         <v>10</v>
       </c>
       <c r="C27">
-        <v>81</v>
+        <v>3</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>8</v>
       </c>
       <c r="F27" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>2020</v>
       </c>
       <c r="B28" t="s">
         <v>10</v>
       </c>
       <c r="C28">
-        <v>123</v>
+        <v>2</v>
       </c>
       <c r="D28" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>8</v>
       </c>
       <c r="F28" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>2020</v>
       </c>
       <c r="B29" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C29">
-        <v>1</v>
+        <v>47</v>
       </c>
       <c r="D29" t="s">
         <v>7</v>
       </c>
       <c r="E29" t="s">
         <v>8</v>
       </c>
       <c r="F29" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>2020</v>
       </c>
       <c r="B30" t="s">
         <v>10</v>
       </c>
       <c r="C30">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
         <v>8</v>
       </c>
       <c r="F30" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>2020</v>
       </c>
       <c r="B31" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C31">
-        <v>135</v>
+        <v>1</v>
       </c>
       <c r="D31" t="s">
         <v>7</v>
       </c>
       <c r="E31" t="s">
         <v>8</v>
       </c>
       <c r="F31" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>2020</v>
       </c>
       <c r="B32" t="s">
         <v>10</v>
       </c>
       <c r="C32">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>8</v>
       </c>
       <c r="F32" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>2020</v>
       </c>
       <c r="B33" t="s">
         <v>10</v>
       </c>
       <c r="C33">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E33" t="s">
         <v>8</v>
       </c>
       <c r="F33" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>2020</v>
       </c>
       <c r="B34" t="s">
         <v>10</v>
       </c>
       <c r="C34">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="D34" t="s">
         <v>18</v>
       </c>
       <c r="E34" t="s">
         <v>8</v>
       </c>
       <c r="F34" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>2020</v>
       </c>
       <c r="B35" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="C35">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E35" t="s">
         <v>8</v>
       </c>
       <c r="F35" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>2020</v>
       </c>
       <c r="B36" t="s">
         <v>10</v>
       </c>
       <c r="C36">
         <v>1</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E36" t="s">
         <v>8</v>
       </c>
       <c r="F36" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>2020</v>
       </c>
       <c r="B37" t="s">
         <v>10</v>
       </c>
       <c r="C37">
-        <v>7</v>
+        <v>135</v>
       </c>
       <c r="D37" t="s">
         <v>7</v>
       </c>
       <c r="E37" t="s">
         <v>8</v>
       </c>
       <c r="F37" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>2020</v>
       </c>
       <c r="B38" t="s">
         <v>10</v>
       </c>
       <c r="C38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D38" t="s">
         <v>18</v>
       </c>
       <c r="E38" t="s">
         <v>8</v>
       </c>
       <c r="F38" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>2020</v>
       </c>
       <c r="B39" t="s">
         <v>10</v>
       </c>
       <c r="C39">
-        <v>1174</v>
+        <v>82</v>
       </c>
       <c r="D39" t="s">
         <v>7</v>
       </c>
       <c r="E39" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="F39" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>2020</v>
       </c>
       <c r="B40" t="s">
         <v>10</v>
       </c>
       <c r="C40">
-        <v>334</v>
+        <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>18</v>
       </c>
       <c r="E40" t="s">
         <v>8</v>
       </c>
       <c r="F40" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>2020</v>
       </c>
       <c r="B41" t="s">
         <v>10</v>
       </c>
       <c r="C41">
-        <v>194</v>
+        <v>4</v>
       </c>
       <c r="D41" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>65</v>
+        <v>8</v>
       </c>
       <c r="F41" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>2020</v>
       </c>
       <c r="B42" t="s">
         <v>10</v>
       </c>
       <c r="C42">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>8</v>
       </c>
       <c r="F42" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
         <v>2020</v>
       </c>
       <c r="B43" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="C43">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D43" t="s">
         <v>7</v>
       </c>
       <c r="E43" t="s">
         <v>8</v>
       </c>
       <c r="F43" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
         <v>2019</v>
       </c>
       <c r="B44" t="s">
         <v>70</v>
       </c>
       <c r="C44">
-        <v>1</v>
+        <v>97</v>
       </c>
       <c r="D44" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
       <c r="E44" t="s">
         <v>8</v>
       </c>
       <c r="F44" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
         <v>2019</v>
       </c>
       <c r="B45" t="s">
         <v>10</v>
       </c>
       <c r="C45">
-        <v>58</v>
+        <v>4</v>
       </c>
       <c r="D45" t="s">
         <v>18</v>
       </c>
       <c r="E45" t="s">
         <v>8</v>
       </c>
       <c r="F45" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
         <v>2019</v>
       </c>
       <c r="B46" t="s">
         <v>10</v>
       </c>
       <c r="C46">
-        <v>46</v>
+        <v>7</v>
       </c>
       <c r="D46" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>8</v>
       </c>
       <c r="F46" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
         <v>2019</v>
       </c>
       <c r="B47" t="s">
         <v>10</v>
       </c>
       <c r="C47">
         <v>1</v>
       </c>
       <c r="D47" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>8</v>
       </c>
       <c r="F47" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
         <v>2019</v>
       </c>
       <c r="B48" t="s">
         <v>10</v>
       </c>
       <c r="C48">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E48" t="s">
         <v>8</v>
       </c>
       <c r="F48" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
         <v>2019</v>
       </c>
       <c r="B49" t="s">
         <v>10</v>
       </c>
       <c r="C49">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>8</v>
       </c>
       <c r="F49" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
         <v>2019</v>
       </c>
       <c r="B50" t="s">
-        <v>10</v>
+        <v>79</v>
       </c>
       <c r="C50">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="D50" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="E50" t="s">
         <v>8</v>
       </c>
       <c r="F50" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
         <v>2019</v>
       </c>
       <c r="B51" t="s">
         <v>10</v>
       </c>
       <c r="C51">
-        <v>4849</v>
+        <v>58</v>
       </c>
       <c r="D51" t="s">
         <v>18</v>
       </c>
       <c r="E51" t="s">
         <v>8</v>
       </c>
       <c r="F51" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
         <v>2019</v>
       </c>
       <c r="B52" t="s">
         <v>10</v>
       </c>
       <c r="C52">
-        <v>136</v>
+        <v>46</v>
       </c>
       <c r="D52" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E52" t="s">
         <v>8</v>
       </c>
       <c r="F52" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
         <v>2019</v>
       </c>
       <c r="B53" t="s">
         <v>10</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E53" t="s">
         <v>8</v>
       </c>
       <c r="F53" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
         <v>2019</v>
       </c>
       <c r="B54" t="s">
         <v>10</v>
       </c>
       <c r="C54">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D54" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>8</v>
       </c>
       <c r="F54" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
         <v>2019</v>
       </c>
       <c r="B55" t="s">
         <v>10</v>
       </c>
       <c r="C55">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>8</v>
       </c>
       <c r="F55" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
         <v>2019</v>
       </c>
       <c r="B56" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="C56">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="D56" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E56" t="s">
         <v>8</v>
       </c>
       <c r="F56" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
         <v>2019</v>
       </c>
       <c r="B57" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="C57">
-        <v>97</v>
+        <v>4849</v>
       </c>
       <c r="D57" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="E57" t="s">
         <v>8</v>
       </c>
       <c r="F57" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
         <v>2019</v>
       </c>
       <c r="B58" t="s">
         <v>10</v>
       </c>
       <c r="C58">
-        <v>4</v>
+        <v>136</v>
       </c>
       <c r="D58" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E58" t="s">
         <v>8</v>
       </c>
       <c r="F58" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
         <v>2019</v>
       </c>
       <c r="B59" t="s">
         <v>10</v>
       </c>
       <c r="C59">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>8</v>
       </c>
       <c r="F59" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
         <v>2019</v>
       </c>
       <c r="B60" t="s">
         <v>10</v>
       </c>
       <c r="C60">
         <v>1</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E60" t="s">
         <v>8</v>
       </c>
       <c r="F60" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
         <v>2019</v>
       </c>
       <c r="B61" t="s">
         <v>10</v>
       </c>
       <c r="C61">
-        <v>53</v>
+        <v>1</v>
       </c>
       <c r="D61" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>8</v>
       </c>
       <c r="F61" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
         <v>2019</v>
       </c>
       <c r="B62" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="C62">
         <v>1</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E62" t="s">
         <v>8</v>
       </c>
       <c r="F62" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
         <v>2018</v>
       </c>
       <c r="B63" t="s">
         <v>93</v>
       </c>
       <c r="C63">
         <v>91</v>
       </c>
       <c r="D63" t="s">
         <v>7</v>
       </c>
       <c r="E63" t="s">
         <v>94</v>
       </c>
       <c r="F63" t="s">
@@ -2072,51 +2072,51 @@
       </c>
       <c r="C68">
         <v>528</v>
       </c>
       <c r="D68" t="s">
         <v>7</v>
       </c>
       <c r="E68" t="s">
         <v>104</v>
       </c>
       <c r="F68" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
         <v>2017</v>
       </c>
       <c r="B69" t="s">
         <v>106</v>
       </c>
       <c r="C69">
         <v>2344</v>
       </c>
       <c r="D69" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E69" t="s">
         <v>8</v>
       </c>
       <c r="F69" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
         <v>2017</v>
       </c>
       <c r="B70" t="s">
         <v>108</v>
       </c>
       <c r="C70">
         <v>1</v>
       </c>
       <c r="D70" t="s">
         <v>7</v>
       </c>
       <c r="E70" t="s">
         <v>8</v>
       </c>
       <c r="F70" t="s">