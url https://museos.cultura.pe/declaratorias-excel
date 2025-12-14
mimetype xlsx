--- v1 (2025-12-06)
+++ v2 (2025-12-14)
@@ -32,114 +32,183 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Propiedad de los bienes</t>
   </si>
   <si>
     <t>Cantidad de bienes</t>
   </si>
   <si>
     <t>Clasificación específica</t>
   </si>
   <si>
     <t>Ubicación</t>
   </si>
   <si>
     <t>Resolución Viceministerial</t>
   </si>
   <si>
+    <t>Cuerpo General de Bomberos Voluntarios</t>
+  </si>
+  <si>
+    <t>Histórico-Artístico</t>
+  </si>
+  <si>
+    <t>Compañía de Bomberos de Chorrillos</t>
+  </si>
+  <si>
+    <t>Nº 024-2021-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Ministerio de Cultura</t>
+  </si>
+  <si>
+    <t>Prehispánico</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Nº 026-2021-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 032-2021-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 033-2021-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Orden Franciscana Seglar San Francisco de Jesús</t>
+  </si>
+  <si>
+    <t>Nº 036-2021-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 037-2021-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Sociedad de Beneficenica de Lima Metropolitana</t>
+  </si>
+  <si>
+    <t>Cementerio Presbítero Maestro</t>
+  </si>
+  <si>
+    <t>Nº 042-2021-VMPCIC-MC</t>
+  </si>
+  <si>
     <t>Municipalidad de Lurín</t>
   </si>
   <si>
-    <t>Histórico-Artístico</t>
-[...4 lines deleted...]
-  <si>
     <t>Nº 019-2021-VMPCIC-MC</t>
   </si>
   <si>
-    <t>Ministerio de Cultura</t>
-[...1 lines deleted...]
-  <si>
     <t>Paleontológico</t>
   </si>
   <si>
     <t>Nº 021-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Congreso de la República</t>
   </si>
   <si>
     <t>Nº 022-2021-VMPCIC-MC</t>
   </si>
   <si>
-    <t>Cuerpo General de Bomberos Voluntarios</t>
-[...35 lines deleted...]
-    <t>Nº 042-2021-VMPCIC-MC</t>
+    <t>Nº 028-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 165-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 045-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 168-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 047-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Carlos Tomás Rodríguez - Pastor Persivale</t>
+  </si>
+  <si>
+    <t>Nº 170-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 050-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Iglesia La Merced</t>
+  </si>
+  <si>
+    <t>Nº 175-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 061-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 184-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 103-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Monasterio de Santa Catalina de Sena de Cusco</t>
+  </si>
+  <si>
+    <t>Nº 189-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 110-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 191-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 113-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 194-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 114-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 199-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 115-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 200-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 116-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Museo Nacional de la Cultura Peruana</t>
   </si>
   <si>
     <t>Nº 206-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 117-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Varios</t>
   </si>
   <si>
     <t>Museo Departamental San Martín</t>
   </si>
   <si>
     <t>Nº 207-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 118-2020-VMPCIC-MC</t>
   </si>
@@ -155,186 +224,117 @@
   <si>
     <t>Sala de Exposición Gilberto Tenorio Ruiz - Amazonas</t>
   </si>
   <si>
     <t>Nº 136-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 012-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 140-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 025-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Ministerio de Transporte y Comunicaciones</t>
   </si>
   <si>
     <t>Industrial</t>
   </si>
   <si>
     <t>Nº 153-2020-VMPCIC-MC</t>
   </si>
   <si>
-    <t>Nº 028-2020-VMPCIC-MC</t>
-[...65 lines deleted...]
-    <t>Nº 200-2020-VMPCIC-MC</t>
+    <t>Nº 167-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 177-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 179-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 199-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 203-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 204-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 215-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 216-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 222-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 228-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Universidad Nacional de Ingeniería</t>
   </si>
   <si>
     <t>Prehispánico-Histórico-Artístico</t>
   </si>
   <si>
     <t>Nº 024-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 232-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 032-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 234-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Arqueológico</t>
   </si>
   <si>
     <t>Nº 082-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 235-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Gobierno Regional de Tacna</t>
   </si>
   <si>
     <t>Nº 118-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 157-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 159-2019-VMPCIC-MC</t>
-  </si>
-[...28 lines deleted...]
-    <t>Nº 228-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Municipalidad Metropolitana de Lima</t>
   </si>
   <si>
     <t>Esculturas públicas del Centro Histórico</t>
   </si>
   <si>
     <t>Nº 053-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Ejército del Perú</t>
   </si>
   <si>
     <t>Museo de los Combatientes del Morro de Arica</t>
   </si>
   <si>
     <t>Nº 071-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 149-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 236-2018-VMPCIC-MC</t>
   </si>
@@ -729,1257 +729,1257 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>2021</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="E2" t="s">
         <v>8</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>2021</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3">
-        <v>13</v>
+        <v>446</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>2021</v>
       </c>
       <c r="B4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C4">
-        <v>620</v>
+        <v>3</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>2021</v>
       </c>
       <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5">
+        <v>19</v>
+      </c>
+      <c r="D5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>2021</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>446</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E6" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>2021</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D7" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>2021</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>19</v>
+        <v>320</v>
       </c>
       <c r="D8" t="s">
         <v>7</v>
       </c>
       <c r="E8" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>2021</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D9" t="s">
         <v>7</v>
       </c>
       <c r="E9" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>2021</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>2021</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>320</v>
+        <v>620</v>
       </c>
       <c r="D11" t="s">
         <v>7</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>2020</v>
       </c>
       <c r="B12" t="s">
         <v>10</v>
       </c>
       <c r="C12">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>2020</v>
       </c>
       <c r="B13" t="s">
         <v>10</v>
       </c>
       <c r="C13">
-        <v>1174</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>2020</v>
       </c>
       <c r="B14" t="s">
         <v>10</v>
       </c>
       <c r="C14">
-        <v>334</v>
+        <v>1</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>2020</v>
       </c>
       <c r="B15" t="s">
         <v>10</v>
       </c>
       <c r="C15">
-        <v>194</v>
+        <v>3</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>2020</v>
       </c>
       <c r="B16" t="s">
         <v>10</v>
       </c>
       <c r="C16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E16" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>2020</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C17">
-        <v>3</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
         <v>7</v>
       </c>
       <c r="E17" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>2020</v>
       </c>
       <c r="B18" t="s">
         <v>10</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>2020</v>
       </c>
       <c r="B19" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="C19">
-        <v>369</v>
+        <v>1</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>2020</v>
       </c>
       <c r="B20" t="s">
         <v>10</v>
       </c>
       <c r="C20">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E20" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>2020</v>
       </c>
       <c r="B21" t="s">
         <v>10</v>
       </c>
       <c r="C21">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>2020</v>
       </c>
       <c r="B22" t="s">
         <v>10</v>
       </c>
       <c r="C22">
-        <v>3</v>
+        <v>123</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>2020</v>
       </c>
       <c r="B23" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23" t="s">
-        <v>45</v>
+        <v>7</v>
       </c>
       <c r="E23" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>2020</v>
       </c>
       <c r="B24" t="s">
         <v>10</v>
       </c>
       <c r="C24">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>2020</v>
       </c>
       <c r="B25" t="s">
         <v>10</v>
       </c>
       <c r="C25">
-        <v>18</v>
+        <v>135</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E25" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>2020</v>
       </c>
       <c r="B26" t="s">
         <v>10</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>2020</v>
       </c>
       <c r="B27" t="s">
         <v>10</v>
       </c>
       <c r="C27">
-        <v>3</v>
+        <v>82</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E27" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>2020</v>
       </c>
       <c r="B28" t="s">
         <v>10</v>
       </c>
       <c r="C28">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>2020</v>
       </c>
       <c r="B29" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="C29">
-        <v>47</v>
+        <v>4</v>
       </c>
       <c r="D29" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="E29" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>2020</v>
       </c>
       <c r="B30" t="s">
         <v>10</v>
       </c>
       <c r="C30">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D30" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E30" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>2020</v>
       </c>
       <c r="B31" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="C31">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D31" t="s">
         <v>7</v>
       </c>
       <c r="E31" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>2020</v>
       </c>
       <c r="B32" t="s">
         <v>10</v>
       </c>
       <c r="C32">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>2020</v>
       </c>
       <c r="B33" t="s">
         <v>10</v>
       </c>
       <c r="C33">
-        <v>81</v>
+        <v>1174</v>
       </c>
       <c r="D33" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E33" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="F33" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>2020</v>
       </c>
       <c r="B34" t="s">
         <v>10</v>
       </c>
       <c r="C34">
-        <v>123</v>
+        <v>334</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>2020</v>
       </c>
       <c r="B35" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="C35">
-        <v>1</v>
+        <v>194</v>
       </c>
       <c r="D35" t="s">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="E35" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="F35" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>2020</v>
       </c>
       <c r="B36" t="s">
         <v>10</v>
       </c>
       <c r="C36">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D36" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E36" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>2020</v>
       </c>
       <c r="B37" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="C37">
-        <v>135</v>
+        <v>3</v>
       </c>
       <c r="D37" t="s">
         <v>7</v>
       </c>
       <c r="E37" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>2020</v>
       </c>
       <c r="B38" t="s">
         <v>10</v>
       </c>
       <c r="C38">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="D38" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E38" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>2020</v>
       </c>
       <c r="B39" t="s">
         <v>10</v>
       </c>
       <c r="C39">
-        <v>82</v>
+        <v>369</v>
       </c>
       <c r="D39" t="s">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="E39" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="F39" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>2020</v>
       </c>
       <c r="B40" t="s">
         <v>10</v>
       </c>
       <c r="C40">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="D40" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E40" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>2020</v>
       </c>
       <c r="B41" t="s">
         <v>10</v>
       </c>
       <c r="C41">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E41" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>2020</v>
       </c>
       <c r="B42" t="s">
         <v>10</v>
       </c>
       <c r="C42">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E42" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
         <v>2020</v>
       </c>
       <c r="B43" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="C43">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D43" t="s">
-        <v>7</v>
+        <v>68</v>
       </c>
       <c r="E43" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
         <v>2019</v>
       </c>
       <c r="B44" t="s">
+        <v>10</v>
+      </c>
+      <c r="C44">
+        <v>1</v>
+      </c>
+      <c r="D44" t="s">
+        <v>7</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
         <v>70</v>
-      </c>
-[...10 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
         <v>2019</v>
       </c>
       <c r="B45" t="s">
         <v>10</v>
       </c>
       <c r="C45">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D45" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E45" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
         <v>2019</v>
       </c>
       <c r="B46" t="s">
         <v>10</v>
       </c>
       <c r="C46">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E46" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
         <v>2019</v>
       </c>
       <c r="B47" t="s">
         <v>10</v>
       </c>
       <c r="C47">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
         <v>2019</v>
       </c>
       <c r="B48" t="s">
         <v>10</v>
       </c>
       <c r="C48">
-        <v>53</v>
+        <v>4849</v>
       </c>
       <c r="D48" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
         <v>2019</v>
       </c>
       <c r="B49" t="s">
         <v>10</v>
       </c>
       <c r="C49">
-        <v>1</v>
+        <v>136</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E49" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
         <v>2019</v>
       </c>
       <c r="B50" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="C50">
         <v>1</v>
       </c>
       <c r="D50" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="E50" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
         <v>2019</v>
       </c>
       <c r="B51" t="s">
         <v>10</v>
       </c>
       <c r="C51">
-        <v>58</v>
+        <v>1</v>
       </c>
       <c r="D51" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
         <v>2019</v>
       </c>
       <c r="B52" t="s">
         <v>10</v>
       </c>
       <c r="C52">
-        <v>46</v>
+        <v>1</v>
       </c>
       <c r="D52" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E52" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
         <v>2019</v>
       </c>
       <c r="B53" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
       <c r="D53" t="s">
         <v>7</v>
       </c>
       <c r="E53" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
         <v>2019</v>
       </c>
       <c r="B54" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="C54">
-        <v>2</v>
+        <v>97</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>81</v>
       </c>
       <c r="E54" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
         <v>2019</v>
       </c>
       <c r="B55" t="s">
         <v>10</v>
       </c>
       <c r="C55">
         <v>4</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
         <v>2019</v>
       </c>
       <c r="B56" t="s">
         <v>10</v>
       </c>
       <c r="C56">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="D56" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E56" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
         <v>2019</v>
       </c>
       <c r="B57" t="s">
         <v>10</v>
       </c>
       <c r="C57">
-        <v>4849</v>
+        <v>1</v>
       </c>
       <c r="D57" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E57" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
         <v>2019</v>
       </c>
       <c r="B58" t="s">
         <v>10</v>
       </c>
       <c r="C58">
-        <v>136</v>
+        <v>53</v>
       </c>
       <c r="D58" t="s">
-        <v>7</v>
+        <v>86</v>
       </c>
       <c r="E58" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
         <v>2019</v>
       </c>
       <c r="B59" t="s">
         <v>10</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E59" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
         <v>2019</v>
       </c>
       <c r="B60" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="C60">
         <v>1</v>
       </c>
       <c r="D60" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="E60" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
         <v>2019</v>
       </c>
       <c r="B61" t="s">
         <v>10</v>
       </c>
       <c r="C61">
-        <v>1</v>
+        <v>58</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
         <v>2019</v>
       </c>
       <c r="B62" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="C62">
-        <v>1</v>
+        <v>46</v>
       </c>
       <c r="D62" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
         <v>2018</v>
       </c>
       <c r="B63" t="s">
         <v>93</v>
       </c>
       <c r="C63">
         <v>91</v>
       </c>
       <c r="D63" t="s">
         <v>7</v>
       </c>
       <c r="E63" t="s">
         <v>94</v>
       </c>
       <c r="F63" t="s">
         <v>95</v>
       </c>
     </row>
@@ -1992,154 +1992,154 @@
       </c>
       <c r="C64">
         <v>113</v>
       </c>
       <c r="D64" t="s">
         <v>7</v>
       </c>
       <c r="E64" t="s">
         <v>97</v>
       </c>
       <c r="F64" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
         <v>2018</v>
       </c>
       <c r="B65" t="s">
         <v>10</v>
       </c>
       <c r="C65">
         <v>143</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E65" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
         <v>2018</v>
       </c>
       <c r="B66" t="s">
         <v>10</v>
       </c>
       <c r="C66">
         <v>1</v>
       </c>
       <c r="D66" t="s">
         <v>7</v>
       </c>
       <c r="E66" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
         <v>2017</v>
       </c>
       <c r="B67" t="s">
         <v>101</v>
       </c>
       <c r="C67">
         <v>76</v>
       </c>
       <c r="D67" t="s">
         <v>7</v>
       </c>
       <c r="E67" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
         <v>2017</v>
       </c>
       <c r="B68" t="s">
         <v>103</v>
       </c>
       <c r="C68">
         <v>528</v>
       </c>
       <c r="D68" t="s">
         <v>7</v>
       </c>
       <c r="E68" t="s">
         <v>104</v>
       </c>
       <c r="F68" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
         <v>2017</v>
       </c>
       <c r="B69" t="s">
         <v>106</v>
       </c>
       <c r="C69">
         <v>2344</v>
       </c>
       <c r="D69" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="E69" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
         <v>2017</v>
       </c>
       <c r="B70" t="s">
         <v>108</v>
       </c>
       <c r="C70">
         <v>1</v>
       </c>
       <c r="D70" t="s">
         <v>7</v>
       </c>
       <c r="E70" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
         <v>109</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>