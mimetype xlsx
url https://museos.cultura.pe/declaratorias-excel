--- v2 (2025-12-14)
+++ v3 (2026-01-08)
@@ -32,114 +32,162 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Propiedad de los bienes</t>
   </si>
   <si>
     <t>Cantidad de bienes</t>
   </si>
   <si>
     <t>Clasificación específica</t>
   </si>
   <si>
     <t>Ubicación</t>
   </si>
   <si>
     <t>Resolución Viceministerial</t>
   </si>
   <si>
+    <t>Municipalidad de Lurín</t>
+  </si>
+  <si>
+    <t>Histórico-Artístico</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Nº 019-2021-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Ministerio de Cultura</t>
+  </si>
+  <si>
+    <t>Paleontológico</t>
+  </si>
+  <si>
+    <t>Nº 021-2021-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Congreso de la República</t>
+  </si>
+  <si>
+    <t>Nº 022-2021-VMPCIC-MC</t>
+  </si>
+  <si>
     <t>Cuerpo General de Bomberos Voluntarios</t>
   </si>
   <si>
-    <t>Histórico-Artístico</t>
-[...1 lines deleted...]
-  <si>
     <t>Compañía de Bomberos de Chorrillos</t>
   </si>
   <si>
     <t>Nº 024-2021-VMPCIC-MC</t>
   </si>
   <si>
-    <t>Ministerio de Cultura</t>
-[...1 lines deleted...]
-  <si>
     <t>Prehispánico</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>Nº 026-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 032-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 033-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Orden Franciscana Seglar San Francisco de Jesús</t>
   </si>
   <si>
     <t>Nº 036-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 037-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Sociedad de Beneficenica de Lima Metropolitana</t>
   </si>
   <si>
     <t>Cementerio Presbítero Maestro</t>
   </si>
   <si>
     <t>Nº 042-2021-VMPCIC-MC</t>
   </si>
   <si>
-    <t>Municipalidad de Lurín</t>
-[...14 lines deleted...]
-    <t>Nº 022-2021-VMPCIC-MC</t>
+    <t>Nº 117-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Varios</t>
+  </si>
+  <si>
+    <t>Museo Departamental San Martín</t>
+  </si>
+  <si>
+    <t>Nº 207-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 118-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Municipalidad de Lima</t>
+  </si>
+  <si>
+    <t>Nº 214-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 007-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Sala de Exposición Gilberto Tenorio Ruiz - Amazonas</t>
+  </si>
+  <si>
+    <t>Nº 136-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 012-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 140-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 025-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Ministerio de Transporte y Comunicaciones</t>
+  </si>
+  <si>
+    <t>Industrial</t>
+  </si>
+  <si>
+    <t>Nº 153-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 028-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 165-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 045-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 168-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 047-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Carlos Tomás Rodríguez - Pastor Persivale</t>
   </si>
   <si>
     <t>Nº 170-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 050-2020-VMPCIC-MC</t>
   </si>
@@ -176,165 +224,117 @@
   <si>
     <t>Nº 194-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 114-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 199-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 115-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 200-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 116-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Museo Nacional de la Cultura Peruana</t>
   </si>
   <si>
     <t>Nº 206-2020-VMPCIC-MC</t>
   </si>
   <si>
-    <t>Nº 117-2020-VMPCIC-MC</t>
-[...44 lines deleted...]
-    <t>Nº 153-2020-VMPCIC-MC</t>
+    <t>Nº 032-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 234-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Arqueológico</t>
+  </si>
+  <si>
+    <t>Nº 082-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 235-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Gobierno Regional de Tacna</t>
+  </si>
+  <si>
+    <t>Nº 118-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 157-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 159-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 167-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 177-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 179-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 199-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 203-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 204-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 215-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 216-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 222-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 228-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Universidad Nacional de Ingeniería</t>
   </si>
   <si>
     <t>Prehispánico-Histórico-Artístico</t>
   </si>
   <si>
     <t>Nº 024-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 232-2019-VMPCIC-MC</t>
-  </si>
-[...25 lines deleted...]
-    <t>Nº 159-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Municipalidad Metropolitana de Lima</t>
   </si>
   <si>
     <t>Esculturas públicas del Centro Histórico</t>
   </si>
   <si>
     <t>Nº 053-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Ejército del Perú</t>
   </si>
   <si>
     <t>Museo de los Combatientes del Morro de Arica</t>
   </si>
   <si>
     <t>Nº 071-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 149-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 236-2018-VMPCIC-MC</t>
   </si>
@@ -729,1257 +729,1257 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>2021</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="E2" t="s">
         <v>8</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>2021</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3">
-        <v>446</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F3" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>2021</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>620</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>2021</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C5">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="D5" t="s">
         <v>7</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>2021</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C6">
-        <v>11</v>
+        <v>446</v>
       </c>
       <c r="D6" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>2021</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D7" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>2021</v>
       </c>
       <c r="B8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8">
         <v>19</v>
       </c>
-      <c r="C8">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>7</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>2021</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>7</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>2021</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E10" t="s">
+        <v>8</v>
+      </c>
+      <c r="F10" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>2021</v>
       </c>
       <c r="B11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11">
+        <v>320</v>
+      </c>
+      <c r="D11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E11" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>2020</v>
       </c>
       <c r="B12" t="s">
         <v>10</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>334</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>2020</v>
       </c>
       <c r="B13" t="s">
         <v>10</v>
       </c>
       <c r="C13">
-        <v>18</v>
+        <v>194</v>
       </c>
       <c r="D13" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>2020</v>
       </c>
       <c r="B14" t="s">
         <v>10</v>
       </c>
       <c r="C14">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>2020</v>
       </c>
       <c r="B15" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F15" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>2020</v>
       </c>
       <c r="B16" t="s">
         <v>10</v>
       </c>
       <c r="C16">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F16" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>2020</v>
       </c>
       <c r="B17" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="C17">
-        <v>47</v>
+        <v>369</v>
       </c>
       <c r="D17" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F17" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>2020</v>
       </c>
       <c r="B18" t="s">
         <v>10</v>
       </c>
       <c r="C18">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F18" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>2020</v>
       </c>
       <c r="B19" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="C19">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F19" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>2020</v>
       </c>
       <c r="B20" t="s">
         <v>10</v>
       </c>
       <c r="C20">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F20" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>2020</v>
       </c>
       <c r="B21" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="C21">
-        <v>81</v>
+        <v>1</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F21" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>2020</v>
       </c>
       <c r="B22" t="s">
         <v>10</v>
       </c>
       <c r="C22">
-        <v>123</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F22" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>2020</v>
       </c>
       <c r="B23" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="C23">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F23" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>2020</v>
       </c>
       <c r="B24" t="s">
         <v>10</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F24" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>2020</v>
       </c>
       <c r="B25" t="s">
         <v>10</v>
       </c>
       <c r="C25">
-        <v>135</v>
+        <v>3</v>
       </c>
       <c r="D25" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F25" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>2020</v>
       </c>
       <c r="B26" t="s">
         <v>10</v>
       </c>
       <c r="C26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F26" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>2020</v>
       </c>
       <c r="B27" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="C27">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="D27" t="s">
         <v>7</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F27" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>2020</v>
       </c>
       <c r="B28" t="s">
         <v>10</v>
       </c>
       <c r="C28">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F28" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>2020</v>
       </c>
       <c r="B29" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="C29">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D29" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F29" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>2020</v>
       </c>
       <c r="B30" t="s">
         <v>10</v>
       </c>
       <c r="C30">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D30" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F30" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>2020</v>
       </c>
       <c r="B31" t="s">
         <v>10</v>
       </c>
       <c r="C31">
-        <v>7</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F31" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>2020</v>
       </c>
       <c r="B32" t="s">
         <v>10</v>
       </c>
       <c r="C32">
-        <v>2</v>
+        <v>123</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F32" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>2020</v>
       </c>
       <c r="B33" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="C33">
-        <v>1174</v>
+        <v>1</v>
       </c>
       <c r="D33" t="s">
         <v>7</v>
       </c>
       <c r="E33" t="s">
-        <v>52</v>
+        <v>8</v>
       </c>
       <c r="F33" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>2020</v>
       </c>
       <c r="B34" t="s">
         <v>10</v>
       </c>
       <c r="C34">
-        <v>334</v>
+        <v>1</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F34" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>2020</v>
       </c>
       <c r="B35" t="s">
         <v>10</v>
       </c>
       <c r="C35">
-        <v>194</v>
+        <v>135</v>
       </c>
       <c r="D35" t="s">
-        <v>55</v>
+        <v>7</v>
       </c>
       <c r="E35" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="F35" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>2020</v>
       </c>
       <c r="B36" t="s">
         <v>10</v>
       </c>
       <c r="C36">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D36" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F36" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>2020</v>
       </c>
       <c r="B37" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="C37">
-        <v>3</v>
+        <v>82</v>
       </c>
       <c r="D37" t="s">
         <v>7</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F37" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>2020</v>
       </c>
       <c r="B38" t="s">
         <v>10</v>
       </c>
       <c r="C38">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D38" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F38" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>2020</v>
       </c>
       <c r="B39" t="s">
         <v>10</v>
       </c>
       <c r="C39">
-        <v>369</v>
+        <v>4</v>
       </c>
       <c r="D39" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="F39" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>2020</v>
       </c>
       <c r="B40" t="s">
         <v>10</v>
       </c>
       <c r="C40">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D40" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F40" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>2020</v>
       </c>
       <c r="B41" t="s">
         <v>10</v>
       </c>
       <c r="C41">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D41" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F41" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>2020</v>
       </c>
       <c r="B42" t="s">
         <v>10</v>
       </c>
       <c r="C42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D42" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F42" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
         <v>2020</v>
       </c>
       <c r="B43" t="s">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="C43">
-        <v>1</v>
+        <v>1174</v>
       </c>
       <c r="D43" t="s">
+        <v>7</v>
+      </c>
+      <c r="E43" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
         <v>2019</v>
       </c>
       <c r="B44" t="s">
         <v>10</v>
       </c>
       <c r="C44">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D44" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F44" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
         <v>2019</v>
       </c>
       <c r="B45" t="s">
         <v>10</v>
       </c>
       <c r="C45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D45" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F45" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
         <v>2019</v>
       </c>
       <c r="B46" t="s">
         <v>10</v>
       </c>
       <c r="C46">
-        <v>4</v>
+        <v>53</v>
       </c>
       <c r="D46" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F46" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
         <v>2019</v>
       </c>
       <c r="B47" t="s">
         <v>10</v>
       </c>
       <c r="C47">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F47" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
         <v>2019</v>
       </c>
       <c r="B48" t="s">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="C48">
-        <v>4849</v>
+        <v>1</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F48" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
         <v>2019</v>
       </c>
       <c r="B49" t="s">
         <v>10</v>
       </c>
       <c r="C49">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="D49" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F49" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
         <v>2019</v>
       </c>
       <c r="B50" t="s">
         <v>10</v>
       </c>
       <c r="C50">
-        <v>1</v>
+        <v>46</v>
       </c>
       <c r="D50" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F50" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
         <v>2019</v>
       </c>
       <c r="B51" t="s">
         <v>10</v>
       </c>
       <c r="C51">
         <v>1</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F51" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
         <v>2019</v>
       </c>
       <c r="B52" t="s">
         <v>10</v>
       </c>
       <c r="C52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D52" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F52" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
         <v>2019</v>
       </c>
       <c r="B53" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="C53">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D53" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F53" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
         <v>2019</v>
       </c>
       <c r="B54" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="C54">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="D54" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F54" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
         <v>2019</v>
       </c>
       <c r="B55" t="s">
         <v>10</v>
       </c>
       <c r="C55">
-        <v>4</v>
+        <v>4849</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F55" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
         <v>2019</v>
       </c>
       <c r="B56" t="s">
         <v>10</v>
       </c>
       <c r="C56">
-        <v>7</v>
+        <v>136</v>
       </c>
       <c r="D56" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F56" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
         <v>2019</v>
       </c>
       <c r="B57" t="s">
         <v>10</v>
       </c>
       <c r="C57">
         <v>1</v>
       </c>
       <c r="D57" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F57" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
         <v>2019</v>
       </c>
       <c r="B58" t="s">
         <v>10</v>
       </c>
       <c r="C58">
-        <v>53</v>
+        <v>1</v>
       </c>
       <c r="D58" t="s">
+        <v>18</v>
+      </c>
+      <c r="E58" t="s">
+        <v>8</v>
+      </c>
+      <c r="F58" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
         <v>2019</v>
       </c>
       <c r="B59" t="s">
         <v>10</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F59" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
         <v>2019</v>
       </c>
       <c r="B60" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="C60">
         <v>1</v>
       </c>
       <c r="D60" t="s">
-        <v>68</v>
+        <v>7</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F60" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
         <v>2019</v>
       </c>
       <c r="B61" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="C61">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F61" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
         <v>2019</v>
       </c>
       <c r="B62" t="s">
         <v>10</v>
       </c>
       <c r="C62">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F62" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
         <v>2018</v>
       </c>
       <c r="B63" t="s">
         <v>93</v>
       </c>
       <c r="C63">
         <v>91</v>
       </c>
       <c r="D63" t="s">
         <v>7</v>
       </c>
       <c r="E63" t="s">
         <v>94</v>
       </c>
       <c r="F63" t="s">
         <v>95</v>
       </c>
     </row>
@@ -1992,154 +1992,154 @@
       </c>
       <c r="C64">
         <v>113</v>
       </c>
       <c r="D64" t="s">
         <v>7</v>
       </c>
       <c r="E64" t="s">
         <v>97</v>
       </c>
       <c r="F64" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
         <v>2018</v>
       </c>
       <c r="B65" t="s">
         <v>10</v>
       </c>
       <c r="C65">
         <v>143</v>
       </c>
       <c r="D65" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F65" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
         <v>2018</v>
       </c>
       <c r="B66" t="s">
         <v>10</v>
       </c>
       <c r="C66">
         <v>1</v>
       </c>
       <c r="D66" t="s">
         <v>7</v>
       </c>
       <c r="E66" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F66" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
         <v>2017</v>
       </c>
       <c r="B67" t="s">
         <v>101</v>
       </c>
       <c r="C67">
         <v>76</v>
       </c>
       <c r="D67" t="s">
         <v>7</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F67" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
         <v>2017</v>
       </c>
       <c r="B68" t="s">
         <v>103</v>
       </c>
       <c r="C68">
         <v>528</v>
       </c>
       <c r="D68" t="s">
         <v>7</v>
       </c>
       <c r="E68" t="s">
         <v>104</v>
       </c>
       <c r="F68" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
         <v>2017</v>
       </c>
       <c r="B69" t="s">
         <v>106</v>
       </c>
       <c r="C69">
         <v>2344</v>
       </c>
       <c r="D69" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="E69" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F69" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
         <v>2017</v>
       </c>
       <c r="B70" t="s">
         <v>108</v>
       </c>
       <c r="C70">
         <v>1</v>
       </c>
       <c r="D70" t="s">
         <v>7</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F70" t="s">
         <v>109</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>