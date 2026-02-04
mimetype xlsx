--- v3 (2026-01-08)
+++ v4 (2026-02-04)
@@ -98,50 +98,77 @@
   <si>
     <t>Nº 032-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 033-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Orden Franciscana Seglar San Francisco de Jesús</t>
   </si>
   <si>
     <t>Nº 036-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 037-2021-VMPCIC-MC</t>
   </si>
   <si>
     <t>Sociedad de Beneficenica de Lima Metropolitana</t>
   </si>
   <si>
     <t>Cementerio Presbítero Maestro</t>
   </si>
   <si>
     <t>Nº 042-2021-VMPCIC-MC</t>
   </si>
   <si>
+    <t>Nº 113-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 194-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 114-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 199-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 115-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 200-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 116-2020-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Museo Nacional de la Cultura Peruana</t>
+  </si>
+  <si>
+    <t>Nº 206-2020-VMPCIC-MC</t>
+  </si>
+  <si>
     <t>Nº 117-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Varios</t>
   </si>
   <si>
     <t>Museo Departamental San Martín</t>
   </si>
   <si>
     <t>Nº 207-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 118-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Municipalidad de Lima</t>
   </si>
   <si>
     <t>Nº 214-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 007-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Sala de Exposición Gilberto Tenorio Ruiz - Amazonas</t>
@@ -197,168 +224,141 @@
   <si>
     <t>Nº 175-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 061-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 184-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 103-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Monasterio de Santa Catalina de Sena de Cusco</t>
   </si>
   <si>
     <t>Nº 189-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 110-2020-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 191-2020-VMPCIC-MC</t>
   </si>
   <si>
-    <t>Nº 113-2020-VMPCIC-MC</t>
-[...23 lines deleted...]
-    <t>Nº 206-2020-VMPCIC-MC</t>
+    <t>Nº 216-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 222-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 228-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Universidad Nacional de Ingeniería</t>
+  </si>
+  <si>
+    <t>Prehispánico-Histórico-Artístico</t>
+  </si>
+  <si>
+    <t>Nº 024-2019-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 232-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 032-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 234-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Arqueológico</t>
   </si>
   <si>
     <t>Nº 082-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 235-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Gobierno Regional de Tacna</t>
   </si>
   <si>
     <t>Nº 118-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 157-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 159-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 167-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 177-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 179-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 199-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 203-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 204-2019-VMPCIC-MC</t>
   </si>
   <si>
     <t>Nº 215-2019-VMPCIC-MC</t>
   </si>
   <si>
-    <t>Nº 216-2019-VMPCIC-MC</t>
-[...17 lines deleted...]
-    <t>Nº 232-2019-VMPCIC-MC</t>
+    <t>Ejército del Perú</t>
+  </si>
+  <si>
+    <t>Museo de los Combatientes del Morro de Arica</t>
+  </si>
+  <si>
+    <t>Nº 071-2018-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 149-2018-VMPCIC-MC</t>
+  </si>
+  <si>
+    <t>Nº 236-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Municipalidad Metropolitana de Lima</t>
   </si>
   <si>
     <t>Esculturas públicas del Centro Histórico</t>
   </si>
   <si>
     <t>Nº 053-2018-VMPCIC-MC</t>
-  </si>
-[...13 lines deleted...]
-    <t>Nº 236-2018-VMPCIC-MC</t>
   </si>
   <si>
     <t>Obispado de Huaraz</t>
   </si>
   <si>
     <t>Nº 005-2017-VMPCIC-MC</t>
   </si>
   <si>
     <t>Despacho Presidencial</t>
   </si>
   <si>
     <t>Palacio de Gobierno</t>
   </si>
   <si>
     <t>Nº 083-2017-VMPCIC-MC</t>
   </si>
   <si>
     <t>Colección Enrico Poli</t>
   </si>
   <si>
     <t>Nº 090-2017-VMPCIC-MC</t>
   </si>
   <si>
     <t>Obispado de Huánuco</t>
   </si>
@@ -929,1137 +929,1137 @@
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>320</v>
       </c>
       <c r="D11" t="s">
         <v>7</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>2020</v>
       </c>
       <c r="B12" t="s">
         <v>10</v>
       </c>
       <c r="C12">
-        <v>334</v>
+        <v>1</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>8</v>
       </c>
       <c r="F12" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>2020</v>
       </c>
       <c r="B13" t="s">
         <v>10</v>
       </c>
       <c r="C13">
-        <v>194</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s">
+        <v>7</v>
+      </c>
+      <c r="E13" t="s">
+        <v>8</v>
+      </c>
+      <c r="F13" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>2020</v>
       </c>
       <c r="B14" t="s">
         <v>10</v>
       </c>
       <c r="C14">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>8</v>
       </c>
       <c r="F14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>2020</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="C15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D15" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>8</v>
       </c>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>2020</v>
       </c>
       <c r="B16" t="s">
         <v>10</v>
       </c>
       <c r="C16">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="D16" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>8</v>
       </c>
       <c r="F16" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>2020</v>
       </c>
       <c r="B17" t="s">
         <v>10</v>
       </c>
       <c r="C17">
-        <v>369</v>
+        <v>7</v>
       </c>
       <c r="D17" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="F17" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>2020</v>
       </c>
       <c r="B18" t="s">
         <v>10</v>
       </c>
       <c r="C18">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>8</v>
       </c>
       <c r="F18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>2020</v>
       </c>
       <c r="B19" t="s">
         <v>10</v>
       </c>
       <c r="C19">
-        <v>13</v>
+        <v>1174</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E19" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="F19" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>2020</v>
       </c>
       <c r="B20" t="s">
         <v>10</v>
       </c>
       <c r="C20">
-        <v>3</v>
+        <v>334</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E20" t="s">
         <v>8</v>
       </c>
       <c r="F20" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>2020</v>
       </c>
       <c r="B21" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="C21">
-        <v>1</v>
+        <v>194</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E21" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="F21" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>2020</v>
       </c>
       <c r="B22" t="s">
         <v>10</v>
       </c>
       <c r="C22">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>8</v>
       </c>
       <c r="F22" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>2020</v>
       </c>
       <c r="B23" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="C23">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E23" t="s">
         <v>8</v>
       </c>
       <c r="F23" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>2020</v>
       </c>
       <c r="B24" t="s">
         <v>10</v>
       </c>
       <c r="C24">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E24" t="s">
         <v>8</v>
       </c>
       <c r="F24" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>2020</v>
       </c>
       <c r="B25" t="s">
         <v>10</v>
       </c>
       <c r="C25">
-        <v>3</v>
+        <v>369</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E25" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="F25" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>2020</v>
       </c>
       <c r="B26" t="s">
         <v>10</v>
       </c>
       <c r="C26">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>8</v>
       </c>
       <c r="F26" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>2020</v>
       </c>
       <c r="B27" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C27">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>8</v>
       </c>
       <c r="F27" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>2020</v>
       </c>
       <c r="B28" t="s">
         <v>10</v>
       </c>
       <c r="C28">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D28" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>8</v>
       </c>
       <c r="F28" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>2020</v>
       </c>
       <c r="B29" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C29">
         <v>1</v>
       </c>
       <c r="D29" t="s">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="E29" t="s">
         <v>8</v>
       </c>
       <c r="F29" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>2020</v>
       </c>
       <c r="B30" t="s">
         <v>10</v>
       </c>
       <c r="C30">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>8</v>
       </c>
       <c r="F30" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>2020</v>
       </c>
       <c r="B31" t="s">
         <v>10</v>
       </c>
       <c r="C31">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>8</v>
       </c>
       <c r="F31" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>2020</v>
       </c>
       <c r="B32" t="s">
         <v>10</v>
       </c>
       <c r="C32">
-        <v>123</v>
+        <v>1</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>8</v>
       </c>
       <c r="F32" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>2020</v>
       </c>
       <c r="B33" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="C33">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D33" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>8</v>
       </c>
       <c r="F33" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>2020</v>
       </c>
       <c r="B34" t="s">
         <v>10</v>
       </c>
       <c r="C34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>8</v>
       </c>
       <c r="F34" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>2020</v>
       </c>
       <c r="B35" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="C35">
-        <v>135</v>
+        <v>47</v>
       </c>
       <c r="D35" t="s">
         <v>7</v>
       </c>
       <c r="E35" t="s">
         <v>8</v>
       </c>
       <c r="F35" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>2020</v>
       </c>
       <c r="B36" t="s">
         <v>10</v>
       </c>
       <c r="C36">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>18</v>
       </c>
       <c r="E36" t="s">
         <v>8</v>
       </c>
       <c r="F36" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>2020</v>
       </c>
       <c r="B37" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="C37">
-        <v>82</v>
+        <v>1</v>
       </c>
       <c r="D37" t="s">
         <v>7</v>
       </c>
       <c r="E37" t="s">
         <v>8</v>
       </c>
       <c r="F37" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>2020</v>
       </c>
       <c r="B38" t="s">
         <v>10</v>
       </c>
       <c r="C38">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D38" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>8</v>
       </c>
       <c r="F38" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>2020</v>
       </c>
       <c r="B39" t="s">
         <v>10</v>
       </c>
       <c r="C39">
-        <v>4</v>
+        <v>81</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E39" t="s">
         <v>8</v>
       </c>
       <c r="F39" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>2020</v>
       </c>
       <c r="B40" t="s">
         <v>10</v>
       </c>
       <c r="C40">
-        <v>1</v>
+        <v>123</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E40" t="s">
         <v>8</v>
       </c>
       <c r="F40" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>2020</v>
       </c>
       <c r="B41" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="C41">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D41" t="s">
         <v>7</v>
       </c>
       <c r="E41" t="s">
         <v>8</v>
       </c>
       <c r="F41" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>2020</v>
       </c>
       <c r="B42" t="s">
         <v>10</v>
       </c>
       <c r="C42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D42" t="s">
         <v>18</v>
       </c>
       <c r="E42" t="s">
         <v>8</v>
       </c>
       <c r="F42" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
         <v>2020</v>
       </c>
       <c r="B43" t="s">
         <v>10</v>
       </c>
       <c r="C43">
-        <v>1174</v>
+        <v>135</v>
       </c>
       <c r="D43" t="s">
         <v>7</v>
       </c>
       <c r="E43" t="s">
-        <v>68</v>
+        <v>8</v>
       </c>
       <c r="F43" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
         <v>2019</v>
       </c>
       <c r="B44" t="s">
         <v>10</v>
       </c>
       <c r="C44">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E44" t="s">
         <v>8</v>
       </c>
       <c r="F44" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
         <v>2019</v>
       </c>
       <c r="B45" t="s">
         <v>10</v>
       </c>
       <c r="C45">
         <v>1</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>8</v>
       </c>
       <c r="F45" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
         <v>2019</v>
       </c>
       <c r="B46" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="C46">
-        <v>53</v>
+        <v>1</v>
       </c>
       <c r="D46" t="s">
+        <v>7</v>
+      </c>
+      <c r="E46" t="s">
+        <v>8</v>
+      </c>
+      <c r="F46" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
         <v>2019</v>
       </c>
       <c r="B47" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="C47">
-        <v>1</v>
+        <v>97</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="E47" t="s">
         <v>8</v>
       </c>
       <c r="F47" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
         <v>2019</v>
       </c>
       <c r="B48" t="s">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="C48">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D48" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E48" t="s">
         <v>8</v>
       </c>
       <c r="F48" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
         <v>2019</v>
       </c>
       <c r="B49" t="s">
         <v>10</v>
       </c>
       <c r="C49">
-        <v>58</v>
+        <v>7</v>
       </c>
       <c r="D49" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>8</v>
       </c>
       <c r="F49" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
         <v>2019</v>
       </c>
       <c r="B50" t="s">
         <v>10</v>
       </c>
       <c r="C50">
-        <v>46</v>
+        <v>1</v>
       </c>
       <c r="D50" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>8</v>
       </c>
       <c r="F50" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
         <v>2019</v>
       </c>
       <c r="B51" t="s">
         <v>10</v>
       </c>
       <c r="C51">
-        <v>1</v>
+        <v>53</v>
       </c>
       <c r="D51" t="s">
-        <v>7</v>
+        <v>79</v>
       </c>
       <c r="E51" t="s">
         <v>8</v>
       </c>
       <c r="F51" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
         <v>2019</v>
       </c>
       <c r="B52" t="s">
         <v>10</v>
       </c>
       <c r="C52">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>8</v>
       </c>
       <c r="F52" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
         <v>2019</v>
       </c>
       <c r="B53" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="C53">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="E53" t="s">
         <v>8</v>
       </c>
       <c r="F53" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
         <v>2019</v>
       </c>
       <c r="B54" t="s">
         <v>10</v>
       </c>
       <c r="C54">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="D54" t="s">
         <v>18</v>
       </c>
       <c r="E54" t="s">
         <v>8</v>
       </c>
       <c r="F54" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
         <v>2019</v>
       </c>
       <c r="B55" t="s">
         <v>10</v>
       </c>
       <c r="C55">
-        <v>4849</v>
+        <v>46</v>
       </c>
       <c r="D55" t="s">
         <v>18</v>
       </c>
       <c r="E55" t="s">
         <v>8</v>
       </c>
       <c r="F55" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
         <v>2019</v>
       </c>
       <c r="B56" t="s">
         <v>10</v>
       </c>
       <c r="C56">
-        <v>136</v>
+        <v>1</v>
       </c>
       <c r="D56" t="s">
         <v>7</v>
       </c>
       <c r="E56" t="s">
         <v>8</v>
       </c>
       <c r="F56" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
         <v>2019</v>
       </c>
       <c r="B57" t="s">
         <v>10</v>
       </c>
       <c r="C57">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>8</v>
       </c>
       <c r="F57" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
         <v>2019</v>
       </c>
       <c r="B58" t="s">
         <v>10</v>
       </c>
       <c r="C58">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D58" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>8</v>
       </c>
       <c r="F58" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
         <v>2019</v>
       </c>
       <c r="B59" t="s">
         <v>10</v>
       </c>
       <c r="C59">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E59" t="s">
         <v>8</v>
       </c>
       <c r="F59" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
         <v>2019</v>
       </c>
       <c r="B60" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="C60">
-        <v>1</v>
+        <v>4849</v>
       </c>
       <c r="D60" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E60" t="s">
         <v>8</v>
       </c>
       <c r="F60" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
         <v>2019</v>
       </c>
       <c r="B61" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="C61">
-        <v>97</v>
+        <v>136</v>
       </c>
       <c r="D61" t="s">
-        <v>90</v>
+        <v>7</v>
       </c>
       <c r="E61" t="s">
         <v>8</v>
       </c>
       <c r="F61" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
         <v>2019</v>
       </c>
       <c r="B62" t="s">
         <v>10</v>
       </c>
       <c r="C62">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D62" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>8</v>
       </c>
       <c r="F62" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
         <v>2018</v>
       </c>
       <c r="B63" t="s">
         <v>93</v>
       </c>
       <c r="C63">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="D63" t="s">
         <v>7</v>
       </c>
       <c r="E63" t="s">
         <v>94</v>
       </c>
       <c r="F63" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
         <v>2018</v>
       </c>
       <c r="B64" t="s">
+        <v>10</v>
+      </c>
+      <c r="C64">
+        <v>143</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>8</v>
+      </c>
+      <c r="F64" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
         <v>2018</v>
       </c>
       <c r="B65" t="s">
         <v>10</v>
       </c>
       <c r="C65">
-        <v>143</v>
+        <v>1</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E65" t="s">
         <v>8</v>
       </c>
       <c r="F65" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
         <v>2018</v>
       </c>
       <c r="B66" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="C66">
-        <v>1</v>
+        <v>91</v>
       </c>
       <c r="D66" t="s">
         <v>7</v>
       </c>
       <c r="E66" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="F66" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
         <v>2017</v>
       </c>
       <c r="B67" t="s">
         <v>101</v>
       </c>
       <c r="C67">
         <v>76</v>
       </c>
       <c r="D67" t="s">
         <v>7</v>
       </c>
       <c r="E67" t="s">
         <v>8</v>
       </c>
       <c r="F67" t="s">
         <v>102</v>
       </c>
     </row>
@@ -2072,51 +2072,51 @@
       </c>
       <c r="C68">
         <v>528</v>
       </c>
       <c r="D68" t="s">
         <v>7</v>
       </c>
       <c r="E68" t="s">
         <v>104</v>
       </c>
       <c r="F68" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
         <v>2017</v>
       </c>
       <c r="B69" t="s">
         <v>106</v>
       </c>
       <c r="C69">
         <v>2344</v>
       </c>
       <c r="D69" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E69" t="s">
         <v>8</v>
       </c>
       <c r="F69" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
         <v>2017</v>
       </c>
       <c r="B70" t="s">
         <v>108</v>
       </c>
       <c r="C70">
         <v>1</v>
       </c>
       <c r="D70" t="s">
         <v>7</v>
       </c>
       <c r="E70" t="s">
         <v>8</v>
       </c>
       <c r="F70" t="s">